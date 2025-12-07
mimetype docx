--- v0 (2025-10-16)
+++ v1 (2025-12-07)
@@ -1,64 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3113E055" w14:textId="55F33359" w:rsidR="00F4320C" w:rsidRPr="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00F4320C">
+    <w:p w14:paraId="3113E055" w14:textId="786A284F" w:rsidR="00F4320C" w:rsidRPr="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00F4320C">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F4320C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Modèle de document établi en application de l’article 3 du décret n° 2023-845 du 30 août 2023 portant sur la communication aux agents publics des informations et règles essentielles relatives à l’exercice de leurs fonctions</w:t>
+        <w:t xml:space="preserve">Modèle de document établi en application </w:t>
+      </w:r>
+      <w:r w:rsidR="00F50FF5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>des articles R115-2 et suivants du CGFP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4320C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> portant sur la communication aux agents publics des informations et règles essentielles relatives à l’exercice de leurs fonctions</w:t>
       </w:r>
       <w:r w:rsidR="00E62482">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F4320C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>et de l’arrêté du 30 août 2023 fixant les modèles de documents d'information prévus par ce décret.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EEC2233" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00F4320C"/>
     <w:p w14:paraId="517FECDC" w14:textId="4841C9EB" w:rsidR="00F12339" w:rsidRPr="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:pPr>
         <w:pStyle w:val="EncadrGrisClair"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -100,51 +114,50 @@
           <w:bCs/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00EF3C21">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Agent contractuel</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B4809EE" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00F4320C"/>
     <w:p w14:paraId="7D360880" w14:textId="0C850EB0" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00F4320C">
       <w:r>
         <w:t>Le présent document vous est remis pour vous informer, en complément des mentions inscrites dans votre contrat, sur les règles et conditions essentielles d'exercice de vos fonctions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CF0FEA7" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00F4320C"/>
     <w:p w14:paraId="64661E1D" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00F4320C"/>
     <w:p w14:paraId="3C9E2962" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00F4320C">
       <w:pPr>
         <w:pStyle w:val="Titredetableau"/>
       </w:pPr>
       <w:r>
         <w:t>I. - Votre durée du travail ou votre régime de travail, les règles d'organisation du travail et les règles en matière d'heures supplémentaires</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E04756D" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00F4320C"/>
     <w:p w14:paraId="0C19D382" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00436934">
       <w:pPr>
         <w:pStyle w:val="Titre3"/>
       </w:pPr>
       <w:r>
         <w:t>a. Durée du travail (cycle de travail) :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55D3CDE9" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00F4320C">
       <w:r>
         <w:t>Si vous exercez vos fonctions dans le cadre d'un cycle de travail, celui-ci est organisé dans les conditions prévues à l'article 4 du décret n° 2001-623 du 12 juillet 2001 pris pour l'application de l'article 7-1 de la loi n° 84-53 du 26 janvier 1984 et relatif à l'aménagement et à la réduction du temps de travail dans la fonction publique territoriale.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="647C7918" w14:textId="77777777" w:rsidR="00436934" w:rsidRDefault="00436934" w:rsidP="00F4320C"/>
     <w:p w14:paraId="398F3983" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRPr="00436934" w:rsidRDefault="00F4320C" w:rsidP="00F4320C">
@@ -202,563 +215,454 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="00C3AD06" w14:textId="77777777" w:rsidR="00436934" w:rsidRDefault="00436934" w:rsidP="00F4320C"/>
     <w:p w14:paraId="6E35CE5F" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00436934">
       <w:pPr>
         <w:pStyle w:val="Titre3"/>
       </w:pPr>
       <w:r>
         <w:t>d. Heures supplémentaires :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="213B16C3" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00F4320C">
       <w:r>
         <w:t>Les règles applicables en matière d'heures supplémentaires sont définies :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="566D8F86" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00F4320C"/>
     <w:p w14:paraId="7ED8CE4D" w14:textId="77777777" w:rsidR="00436934" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>s'agissant</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> d'un cycle de travail, par les articles 1 et 4 du décret n° 2001-623 du 12 juillet 2001 pris pour l'application de l'article 7-1 de la loi n° 84-53 du 26 janvier 1984 et relatif à l'aménagement et à la réduction du temps de travail dans la fonction publique territoriale et le décret n° 91-875 du 6 septembre 1991 relatif au régime indemnitaire dans la fonction publique territoriale ;</w:t>
+        <w:t>s'agissant d'un cycle de travail, par les articles 1 et 4 du décret n° 2001-623 du 12 juillet 2001 pris pour l'application de l'article 7-1 de la loi n° 84-53 du 26 janvier 1984 et relatif à l'aménagement et à la réduction du temps de travail dans la fonction publique territoriale et le décret n° 91-875 du 6 septembre 1991 relatif au régime indemnitaire dans la fonction publique territoriale ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35A6575D" w14:textId="3A2527A2" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>le</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> cas échéant, s'agissant d'un autre régime, par (à compléter selon la situation) : […]</w:t>
+        <w:t>le cas échéant, s'agissant d'un autre régime, par (à compléter selon la situation) : […]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="297CE9EA" w14:textId="77777777" w:rsidR="00436934" w:rsidRDefault="00436934" w:rsidP="00436934"/>
     <w:p w14:paraId="4972696B" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00F4320C">
       <w:pPr>
         <w:pStyle w:val="Titredetableau"/>
       </w:pPr>
       <w:r>
         <w:t>II. - Vos droits à congés rémunérés</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39EA2781" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00F4320C"/>
     <w:p w14:paraId="66FA3FB3" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00F4320C">
       <w:r>
         <w:t>Selon les modalités fixées par les dispositions législatives et règlementaires ci-après, vous avez droit :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="296AACF1" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00F4320C"/>
     <w:p w14:paraId="44E7F162" w14:textId="77777777" w:rsidR="00436934" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>à</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> un congé annuel : article 5 du décret n° 88-145 du 15 février 1988 relatif aux agents contractuels de la fonction publique territoriale ;</w:t>
+        <w:t>à un congé annuel : article 5 du décret n° 88-145 du 15 février 1988 relatif aux agents contractuels de la fonction publique territoriale ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F3BCD35" w14:textId="77777777" w:rsidR="00436934" w:rsidRDefault="00436934" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A1B245A" w14:textId="77777777" w:rsidR="00436934" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>au</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">(x) jour(s) de réduction du temps de travail (temps de repos lié au dépassement de la durée annuelle de travail définie aux articles L. 611-1 à L. 611-3 du code général de la fonction publique). Vous êtes concerné(e) si vous exercez vos fonctions dans le cadre d'un cycle de travail tel que prévu à l'article 4 du décret n° 2001-623 du 12 juillet 2001 pris pour l'application de </w:t>
+        <w:t xml:space="preserve">au(x) jour(s) de réduction du temps de travail (temps de repos lié au dépassement de la durée annuelle de travail définie aux articles L. 611-1 à L. 611-3 du code général de la fonction publique). Vous êtes concerné(e) si vous exercez vos fonctions dans le cadre d'un cycle de travail tel que prévu à l'article 4 du décret n° 2001-623 du 12 juillet 2001 pris pour l'application de l'article 7-1 de la loi n° 84-53 du 26 janvier 1984 et relatif à l'aménagement et à la réduction du </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>l'article 7-1 de la loi n° 84-53 du 26 janvier 1984 et relatif à l'aménagement et à la réduction du temps de travail dans la fonction publique territoriale et qui conduit à générer des jours de réduction du temps de travail en compensation du dépassement de la durée annuelle du travail ou si vous êtes au forfait tel que prévu par l'article 10 du décret n° 2001-623 et réalisez des missions impliquant une durée du travail supérieure à la durée légale ;</w:t>
+        <w:t>temps de travail dans la fonction publique territoriale et qui conduit à générer des jours de réduction du temps de travail en compensation du dépassement de la durée annuelle du travail ou si vous êtes au forfait tel que prévu par l'article 10 du décret n° 2001-623 et réalisez des missions impliquant une durée du travail supérieure à la durée légale ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E4E697C" w14:textId="77777777" w:rsidR="00436934" w:rsidRDefault="00436934" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="16BF5FFC" w14:textId="31B3CF0E" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>aux</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> congés listés ci-dessous et liés à l'arrivée d'un enfant au foyer :</w:t>
+        <w:t>aux congés listés ci-dessous et liés à l'arrivée d'un enfant au foyer :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="008F99EE" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="007F7D51" w:rsidP="007F7D51">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55BDF392" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>congé</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> de maternité : article 10 du décret n° 88-145 du 15 février 1988 relatif aux agents contractuels de la fonction publique territoriale ;</w:t>
+        <w:t>congé de maternité : article 10 du décret n° 88-145 du 15 février 1988 relatif aux agents contractuels de la fonction publique territoriale ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67E4E79D" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="007F7D51" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70A03472" w14:textId="566A5220" w:rsidR="007F7D51" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>congé</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> de naissance : article 10 du décret n° 88-145 du 15 février 1988 relatif aux agents contractuels de la fonction publique territoriale</w:t>
+        <w:t>congé de naissance : article 10 du décret n° 88-145 du 15 février 1988 relatif aux agents contractuels de la fonction publique territoriale</w:t>
       </w:r>
       <w:r w:rsidR="007F7D51">
         <w:t> ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16A51E6A" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="007F7D51" w:rsidP="007F7D51"/>
     <w:p w14:paraId="1B1D4450" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>congé</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> pour l'arrivée d'un enfant en vue de son adoption : article 10 du décret n° 88-145 du 15 février 1988 relatif aux agents contractuels de la fonction publique territoriale ;</w:t>
+        <w:t>congé pour l'arrivée d'un enfant en vue de son adoption : article 10 du décret n° 88-145 du 15 février 1988 relatif aux agents contractuels de la fonction publique territoriale ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CD2679C" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="007F7D51" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61524EEE" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>congé</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> d'adoption : article 10 du décret n° 88-145 du 15 février 1988 relatif aux agents contractuels de la fonction publique territoriale ;</w:t>
+        <w:t>congé d'adoption : article 10 du décret n° 88-145 du 15 février 1988 relatif aux agents contractuels de la fonction publique territoriale ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DAAEFA8" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="007F7D51" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03D31828" w14:textId="3351B9D1" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>congé</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> de paternité et d'accueil de l'enfant : article 10 du décret n° 88-145 du 15 février 1988 relatif aux agents contractuels de la fonction publique territoriale ;</w:t>
+        <w:t>congé de paternité et d'accueil de l'enfant : article 10 du décret n° 88-145 du 15 février 1988 relatif aux agents contractuels de la fonction publique territoriale ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="294A94FF" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="007F7D51" w:rsidP="007F7D51">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DE52A95" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>au</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> congé de représentation d'une association ou d'une mutuelle : article 6 du décret n° 88-145 du 15 février 1988 relatif aux agents contractuels de la fonction publique territoriale ;</w:t>
+        <w:t>au congé de représentation d'une association ou d'une mutuelle : article 6 du décret n° 88-145 du 15 février 1988 relatif aux agents contractuels de la fonction publique territoriale ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E2453F0" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="007F7D51" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03ACF540" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>au</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> congé relatif à l'exercice de fonctions de préparation et d'encadrement des séjours de cohésion du service national universel : article 20 du décret n° 88-145 du 15 février 1988 relatif aux agents contractuels de la fonction publique territoriale ;</w:t>
+        <w:t>au congé relatif à l'exercice de fonctions de préparation et d'encadrement des séjours de cohésion du service national universel : article 20 du décret n° 88-145 du 15 février 1988 relatif aux agents contractuels de la fonction publique territoriale ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D494163" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="007F7D51" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="105CEB56" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>au</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> congé pour accomplissement d'une période de service militaire, d'instruction militaire ou d'activité dans une réserve opérationnelle : article 20 du décret n° 88-145 du 15 février 1988 relatif aux agents contractuels de la fonction publique territoriale ;</w:t>
+        <w:t>au congé pour accomplissement d'une période de service militaire, d'instruction militaire ou d'activité dans une réserve opérationnelle : article 20 du décret n° 88-145 du 15 février 1988 relatif aux agents contractuels de la fonction publique territoriale ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57BCF5F1" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="007F7D51" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79CDD4C6" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>au</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> congé pour formation syndicale : article 6 du décret n° 88-145 du 15 février 1988 relatif aux agents contractuels de la fonction publique territoriale ; décret n° 85-552 du 22 mai 1985 relatif à l'attribution aux agents de la fonction publique territoriale du congé pour la formation syndicale ;</w:t>
+        <w:t>au congé pour formation syndicale : article 6 du décret n° 88-145 du 15 février 1988 relatif aux agents contractuels de la fonction publique territoriale ; décret n° 85-552 du 22 mai 1985 relatif à l'attribution aux agents de la fonction publique territoriale du congé pour la formation syndicale ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6868B573" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="007F7D51" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33722132" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>au</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> congé de formation professionnelle : article 6 du décret n° 88-145 du 15 février 1988 relatif aux agents contractuels de la fonction publique territoriale ; articles 42 à 45-1 du décret n° 2007-1845 du 26 décembre 2007 relatif à la formation professionnelle tout au long de la vie des agents de la fonction publique territoriale ;</w:t>
+        <w:t>au congé de formation professionnelle : article 6 du décret n° 88-145 du 15 février 1988 relatif aux agents contractuels de la fonction publique territoriale ; articles 42 à 45-1 du décret n° 2007-1845 du 26 décembre 2007 relatif à la formation professionnelle tout au long de la vie des agents de la fonction publique territoriale ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C705514" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="007F7D51" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06E4DF72" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>au</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> congé pour validation des acquis de l'expérience : articles 42 et 47 du décret n° 2007-1845 du 26 décembre 2007 relatif à la formation professionnelle tout au long de la vie des agents de la fonction publique territoriale ;</w:t>
+        <w:t>au congé pour validation des acquis de l'expérience : articles 42 et 47 du décret n° 2007-1845 du 26 décembre 2007 relatif à la formation professionnelle tout au long de la vie des agents de la fonction publique territoriale ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="155CD0EA" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="007F7D51" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="013D52A3" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>au</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> congé pour bilan de compétences : articles 42 et 46 du décret n° 2007-1845 du 26 décembre 2007 relatif à la formation professionnelle tout au long de la vie des agents de la fonction publique territoriale ;</w:t>
+        <w:t>au congé pour bilan de compétences : articles 42 et 46 du décret n° 2007-1845 du 26 décembre 2007 relatif à la formation professionnelle tout au long de la vie des agents de la fonction publique territoriale ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2897DE08" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="007F7D51" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A19E8A0" w14:textId="62416144" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>au</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> congé de transition professionnelle : article L. 422-3 du code général de la fonction publique : article 48 du décret n° 2007-1845 du 26 décembre 2007 relatif à la formation professionnelle tout au long de la vie des agents de la fonction publique territoriale.</w:t>
+        <w:t>au congé de transition professionnelle : article L. 422-3 du code général de la fonction publique : article 48 du décret n° 2007-1845 du 26 décembre 2007 relatif à la formation professionnelle tout au long de la vie des agents de la fonction publique territoriale.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CC490F0" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="486A8C4D" w14:textId="0265E479" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Titredetableau"/>
       </w:pPr>
       <w:r>
         <w:t>III. - Vos droits à la formation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A954D00" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00F4320C"/>
     <w:p w14:paraId="0CB7C97A" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00F4320C">
       <w:r>
         <w:t>Vos droits à la formation sont fixés par les dispositions législatives et règlementaires suivantes :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31D91E5A" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00F4320C"/>
     <w:p w14:paraId="2242625B" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>articles</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> L. 421-1 à L. 421-8, L. 422-2, L. 422-4 à L. 422-19, L. 422-21 à L. 422-30 du code général de la fonction publique ;</w:t>
+        <w:t>articles L. 421-1 à L. 421-8, L. 422-2, L. 422-4 à L. 422-19, L. 422-21 à L. 422-30 du code général de la fonction publique ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="633A4614" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="007F7D51" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0975B48F" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>articles</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> 41 à 48 du décret n° 2007-1845 du 26 décembre 2007 relatif à la formation professionnelle tout au long de la vie des agents de la fonction publique territoriale ;</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>articles 41 à 48 du décret n° 2007-1845 du 26 décembre 2007 relatif à la formation professionnelle tout au long de la vie des agents de la fonction publique territoriale ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="039C8787" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="007F7D51" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A0C4628" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>décret</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> n° 2017-928 du 6 mai 2017 relatif à la mise en œuvre du compte personnel d'activité dans la fonction publique et à la formation professionnelle tout au long de la vie ;</w:t>
+        <w:t>décret n° 2017-928 du 6 mai 2017 relatif à la mise en œuvre du compte personnel d'activité dans la fonction publique et à la formation professionnelle tout au long de la vie ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63EC1EF5" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="007F7D51" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="35B7FACC" w14:textId="466DAADB" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>décret</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> n° 2022-1043 du 22 juillet 2022 relatif à la formation et à l'accompagnement personnalisé des agents publics en vue de favoriser leur évolution professionnelle.</w:t>
+        <w:t>décret n° 2022-1043 du 22 juillet 2022 relatif à la formation et à l'accompagnement personnalisé des agents publics en vue de favoriser leur évolution professionnelle.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E1D2764" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00F4320C"/>
     <w:p w14:paraId="300916A7" w14:textId="78405F7E" w:rsidR="00F4320C" w:rsidRPr="007F7D51" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Titredetableau"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="57AF31"/>
         </w:pBdr>
       </w:pPr>
       <w:r w:rsidRPr="007F7D51">
         <w:t>IV. - Les accords collectifs relatifs à vos conditions de travail comportant des dispositions édictant des mesures règlementaires</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67B6DC42" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRPr="007F7D51" w:rsidRDefault="00F4320C" w:rsidP="00F4320C">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D2CB6C7" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRPr="007F7D51" w:rsidRDefault="00F4320C" w:rsidP="00F4320C">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
@@ -768,58 +672,56 @@
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Le ou les accords collectif(s) suivant(s) conclu(s) par votre employeur en application des articles L. 222-1 et L. 222-3 du code général de la fonction publique comporte(nt) des clauses réglementaires et vous sont applicables :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="676CD239" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRPr="007F7D51" w:rsidRDefault="00F4320C" w:rsidP="00F4320C">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F7D51">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[Intitulé de l'accord]. Cet accord intervient dans le domaine relatif à [indiquez le(s) domaine(s) de l'accord, cf. 1° à 14° de l'article L. 222-3 du code général de la fonction publique]. Il est entré en vigueur le [Date]. Cet accord prévoit les dispositions réglementaires suivantes : [Description des clauses réglementaires applicables]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54C9BE21" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRPr="007F7D51" w:rsidRDefault="00F4320C" w:rsidP="00F4320C">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="007F7D51">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>ou</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="29E02E83" w14:textId="589C64C0" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00F4320C">
       <w:r w:rsidRPr="007F7D51">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Néant</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18651FC0" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00F4320C">
       <w:pPr>
         <w:pStyle w:val="Titredetableau"/>
       </w:pPr>
       <w:r>
         <w:t>V. - L'organisme ou les organismes de sécurité sociale percevant vos cotisations et contributions salariales</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10EEF40C" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00F4320C"/>
     <w:p w14:paraId="7A1C3BCF" w14:textId="2DC8E8C9" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00F4320C">
       <w:r>
         <w:t>Votre rémunération est soumise à des cotisations et contributions salariales, perçues par le régime général de sécurité sociale et l'institution du régime de retraite complémentaire obligatoire des agents contractuels de la fonction publique de l'Etat, territoriale et hospitalière (IRCANTEC).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DAB9B19" w14:textId="0F973A1E" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00F4320C">
       <w:pPr>
@@ -959,307 +861,258 @@
     <w:p w14:paraId="0526D259" w14:textId="7A0A153F" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>Vous pouvez bénéficier des congés d'aidant suivants :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5678F98A" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="007F7D51" w:rsidP="007F7D51"/>
     <w:p w14:paraId="3D605934" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00F4320C"/>
     <w:p w14:paraId="344AF490" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00F4320C"/>
     <w:p w14:paraId="5737C041" w14:textId="10D769D0" w:rsidR="007F7D51" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Congé de présence parentale : articles 14-2, 27 et 28 du décret n° 88-145 du 15 février </w:t>
-[...3 lines deleted...]
-        <w:t>1988 relatif aux agents non titulaires de la fonction publique territoriale ;</w:t>
+        <w:t>Congé de présence parentale : articles 14-2, 27 et 28 du décret n° 88-145 du 15 février 1988 relatif aux agents non titulaires de la fonction publique territoriale ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F2ECD9A" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="007F7D51" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="547BE606" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Congé de solidarité familiale : articles L. 168-1 à L. 168-7 du code de la sécurité sociale : articles 14-3 du décret n° 88-145 du 15 février 1988 relatif aux agents non titulaires de la fonction publique territoriale ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54A40B0D" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="007F7D51" w:rsidP="007F7D51"/>
     <w:p w14:paraId="244D9643" w14:textId="0603A274" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Congé de proche aidant : articles 13, 14-4 et 28 du décret n° 88-145 du 15 février 1988 relatif aux agents non titulaires de la fonction publique territoriale ; articles D. 168-11 à D. 168-18 du code de la sécurité sociale).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AB75275" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00F4320C"/>
     <w:p w14:paraId="35E2FABE" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00F4320C">
       <w:pPr>
         <w:pStyle w:val="Titredetableau"/>
       </w:pPr>
       <w:r>
         <w:t>VII. - Modalités de fin du contrat (procédures et garanties) (hors contrat de projet)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBA1341" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00F4320C"/>
     <w:p w14:paraId="0081825A" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00F4320C"/>
     <w:p w14:paraId="58B5FC44" w14:textId="7CF1AF32" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00F4320C">
       <w:r>
-        <w:t xml:space="preserve">La fin du contrat peut intervenir pour les motifs et dans </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> :</w:t>
+        <w:t>La fin du contrat peut intervenir pour les motifs et dans les conditions suivants :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="589BA9E8" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00F4320C"/>
-    <w:p w14:paraId="248EEEFC" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
+    <w:p w14:paraId="248EEEFC" w14:textId="29241D86" w:rsidR="007F7D51" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>le</w:t>
+        <w:t xml:space="preserve">le non-renouvellement de votre contrat à durée déterminée : </w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> non-renouvellement de votre contrat à durée déterminée : article 38-1 du décret n° 88-145 du 15 février 1988 relatif aux agents contractuels de la fonction publique territoriale ;</w:t>
+      <w:r w:rsidR="00F50FF5">
+        <w:t>R332-27 et suivants du CGFP</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="470724D3" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="007F7D51" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FAC5ECD" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>le</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> non-renouvellement d'un titre de séjour (pour les ressortissants étrangers) : article 39-1 du décret n° 88-145 du 15 février 1988 relatif aux agents contractuels de la fonction publique territoriale ;</w:t>
+        <w:t>le non-renouvellement d'un titre de séjour (pour les ressortissants étrangers) : article 39-1 du décret n° 88-145 du 15 février 1988 relatif aux agents contractuels de la fonction publique territoriale ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72BDBE3A" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="007F7D51" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61C76A6B" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>la</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> déchéance des droits civiques : article 39-1 du décret n° 88-145 du 15 février 1988 relatif aux agents contractuels de la fonction publique territoriale ;</w:t>
+        <w:t>la déchéance des droits civiques : article 39-1 du décret n° 88-145 du 15 février 1988 relatif aux agents contractuels de la fonction publique territoriale ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A4A6F20" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="007F7D51" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="557CCCBC" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>l'interdiction</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> d'exercer un emploi public prononcée par décision de justice : article 39-1 du décret n° 88-145 du 15 février 1988 relatif aux agents contractuels de la fonction publique territoriale ;</w:t>
+        <w:t>l'interdiction d'exercer un emploi public prononcée par décision de justice : article 39-1 du décret n° 88-145 du 15 février 1988 relatif aux agents contractuels de la fonction publique territoriale ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FC73C06" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="007F7D51" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="121D15D1" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>licenciement</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> : articles 39-2 à 49 du décret n° 88-145 du 15 février 1988 relatif aux agents contractuels de la fonction publique territoriale ;</w:t>
+        <w:t>licenciement : articles 39-2 à 49 du décret n° 88-145 du 15 février 1988 relatif aux agents contractuels de la fonction publique territoriale ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00DA9EB0" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="007F7D51" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45F3ABC1" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>rupture</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> conventionnelle : articles 49 bis à 49 decies du décret n° 88-145 du 15 février 1988 relatif aux agents contractuels de la fonction publique territoriale ;</w:t>
+        <w:t>rupture conventionnelle : articles 49 bis à 49 decies du décret n° 88-145 du 15 février 1988 relatif aux agents contractuels de la fonction publique territoriale ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3010D3CC" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="007F7D51" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34BC193D" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>démission</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> : article 39 du décret n° 88-145 du 15 février 1988 relatif aux agents contractuels de la fonction publique territoriale ;</w:t>
+        <w:t>démission : article 39 du décret n° 88-145 du 15 février 1988 relatif aux agents contractuels de la fonction publique territoriale ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F20FEB2" w14:textId="77777777" w:rsidR="007F7D51" w:rsidRDefault="007F7D51" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="11F9DC56" w14:textId="688E4363" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="007F7D51">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>admission</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> à la retraite.</w:t>
+        <w:t>admission à la retraite.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39868258" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00F4320C"/>
     <w:p w14:paraId="78433F29" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00F4320C"/>
     <w:p w14:paraId="5178CBED" w14:textId="77777777" w:rsidR="00F4320C" w:rsidRDefault="00F4320C" w:rsidP="00F4320C"/>
     <w:p w14:paraId="6979451F" w14:textId="0BE7AA31" w:rsidR="00F4320C" w:rsidRPr="007A44DD" w:rsidRDefault="00F4320C" w:rsidP="00F4320C">
       <w:pPr>
         <w:pStyle w:val="Titre3"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>Date de remise du document :</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00F4320C" w:rsidRPr="007A44DD">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -1275,118 +1128,121 @@
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialNarrow">
     <w:altName w:val="Arial Narrow"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DIN">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000083" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000009" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
+    <w:altName w:val="Arial Unicode MS"/>
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DIN-Regular">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialNarrow-Bold">
     <w:altName w:val="Arial Narrow"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Rockwell">
     <w:panose1 w:val="02060603020205020403"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:3pt;height:3pt" o:bullet="t">
+      <v:shape id="_x0000_i1036" type="#_x0000_t75" style="width:3.15pt;height:3.15pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="PUCE CHECK"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="1">
     <w:pict>
-      <v:shape id="_x0000_i1029" type="#_x0000_t75" style="width:53.25pt;height:101.25pt" o:bullet="t">
+      <v:shape id="_x0000_i1037" type="#_x0000_t75" style="width:53.2pt;height:101.45pt" o:bullet="t">
         <v:imagedata r:id="rId2" o:title="check"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="B6E8615A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Listepuces5"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
@@ -3032,136 +2888,139 @@
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="238254236">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="947272071">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1648247598">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1356080697">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1066997778">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1270507525">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="18"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F12339"/>
+    <w:rsid w:val="00033837"/>
     <w:rsid w:val="00044B98"/>
     <w:rsid w:val="00067EAD"/>
+    <w:rsid w:val="000C3CF4"/>
     <w:rsid w:val="00122C76"/>
     <w:rsid w:val="001411AF"/>
     <w:rsid w:val="00146E87"/>
     <w:rsid w:val="00236131"/>
     <w:rsid w:val="0027038F"/>
     <w:rsid w:val="002727C0"/>
     <w:rsid w:val="003671AF"/>
     <w:rsid w:val="003A60B2"/>
     <w:rsid w:val="003C5273"/>
     <w:rsid w:val="004259EE"/>
     <w:rsid w:val="00436934"/>
     <w:rsid w:val="00534850"/>
+    <w:rsid w:val="00596593"/>
     <w:rsid w:val="00623BF2"/>
     <w:rsid w:val="00674447"/>
     <w:rsid w:val="006931F3"/>
     <w:rsid w:val="006B7058"/>
     <w:rsid w:val="007A44DD"/>
     <w:rsid w:val="007F7D51"/>
     <w:rsid w:val="00842956"/>
     <w:rsid w:val="008C189C"/>
     <w:rsid w:val="008C4FEF"/>
     <w:rsid w:val="00970B99"/>
     <w:rsid w:val="00A62E84"/>
     <w:rsid w:val="00AE2D71"/>
     <w:rsid w:val="00B276C0"/>
     <w:rsid w:val="00C114B1"/>
     <w:rsid w:val="00CF0C9E"/>
     <w:rsid w:val="00D62D8D"/>
     <w:rsid w:val="00E257F9"/>
     <w:rsid w:val="00E32F3E"/>
     <w:rsid w:val="00E62482"/>
     <w:rsid w:val="00EF3C21"/>
     <w:rsid w:val="00F12339"/>
     <w:rsid w:val="00F214C7"/>
     <w:rsid w:val="00F4320C"/>
+    <w:rsid w:val="00F50FF5"/>
     <w:rsid w:val="00FD2E73"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1028"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7859DD34"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{4BE53BB6-04C7-43AF-99E2-3C61384FB7AE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="120"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="18" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="18" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="18" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="18" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="18" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -21100,51 +20959,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="Grilledetableauclaire">
     <w:name w:val="Grid Table Light"/>
     <w:aliases w:val="Grille de tableau CDG"/>
     <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="40"/>
     <w:rsid w:val="007A44DD"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="199784925">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1467704012">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -21407,69 +21266,69 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1788</Words>
-  <Characters>9839</Characters>
+  <Words>1772</Words>
+  <Characters>9746</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>81</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11604</CharactersWithSpaces>
+  <CharactersWithSpaces>11496</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Marine CHAMBRIER</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>