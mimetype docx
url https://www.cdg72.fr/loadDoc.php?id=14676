--- v0 (2025-10-16)
+++ v1 (2025-12-07)
@@ -1,64 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2C916128" w14:textId="579B716D" w:rsidR="00BD76FD" w:rsidRPr="00BD76FD" w:rsidRDefault="00BD76FD" w:rsidP="00BD76FD">
+    <w:p w14:paraId="2C916128" w14:textId="6B51B8D7" w:rsidR="00BD76FD" w:rsidRPr="00BD76FD" w:rsidRDefault="00BD76FD" w:rsidP="00BD76FD">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD76FD">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Modèle de document établi en application de l’article 3 du décret n° 2023-845 du 30 août 2023 portant sur la communication aux agents publics des informations et règles essentielles relatives à l’exercice de leurs fonctions</w:t>
+        <w:t>Modèle de document établi en application de</w:t>
+      </w:r>
+      <w:r w:rsidR="00C8181A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidR="00C8181A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>articles R115-2 et suivants du CGFP</w:t>
+      </w:r>
+      <w:r w:rsidR="00C8181A" w:rsidRPr="00F4320C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD76FD">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>portant sur la communication aux agents publics des informations et règles essentielles relatives à l’exercice de leurs fonctions</w:t>
       </w:r>
       <w:r w:rsidR="001A6618">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD76FD">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>de l’arrêté du 30 août 2023 fixant les modèles de documents d'information prévus par ce décret.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BF046BA" w14:textId="77777777" w:rsidR="00BD76FD" w:rsidRDefault="00BD76FD" w:rsidP="00BD76FD"/>
     <w:p w14:paraId="517FECDC" w14:textId="0AB564FF" w:rsidR="00F12339" w:rsidRPr="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:pPr>
         <w:pStyle w:val="EncadrGrisClair"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -103,50 +131,51 @@
       </w:r>
       <w:r w:rsidRPr="00F12339">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Fonctionnaire titulaire ou stagiaire</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0662FB42" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339"/>
     <w:p w14:paraId="74E1FD6E" w14:textId="719B577C" w:rsidR="001C6BCC" w:rsidRDefault="001C6BCC" w:rsidP="00F12339">
       <w:r w:rsidRPr="001C6BCC">
         <w:t>Le présent document vous est remis pour vous informer des règles et conditions essentielles d'exercice de vos fonctions</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="1EC8BEC2" w14:textId="77777777" w:rsidR="00186E81" w:rsidRDefault="00186E81" w:rsidP="00F12339"/>
     <w:p w14:paraId="1E4DC7F4" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:pPr>
         <w:pStyle w:val="Titredetableau"/>
       </w:pPr>
       <w:r>
         <w:t>I. - Informations générales</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E7547C3" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339"/>
     <w:p w14:paraId="7503A0F2" w14:textId="77777777" w:rsidR="00146E87" w:rsidRDefault="00146E87" w:rsidP="00F12339"/>
     <w:p w14:paraId="15BCD2C9" w14:textId="3EFC6D8D" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:r>
         <w:t xml:space="preserve">Vos nom et prénom : </w:t>
       </w:r>
       <w:r w:rsidRPr="00236131">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[…] […]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07EF189A" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:r>
         <w:t xml:space="preserve">Votre adresse : </w:t>
       </w:r>
@@ -190,145 +219,105 @@
         <w:t>[…]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DB8CC24" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:r>
         <w:t xml:space="preserve">Votre grade : </w:t>
       </w:r>
       <w:r w:rsidRPr="00236131">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[…]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="257C4D35" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:r>
         <w:t xml:space="preserve">Vous relevez du </w:t>
       </w:r>
       <w:r w:rsidRPr="00146E87">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[indiquez le décret fixant le statut particulier du cadre d'emplois du fonctionnaire]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1758C17E" w14:textId="77777777" w:rsidR="00146E87" w:rsidRDefault="00F12339" w:rsidP="00F12339">
-[...20 lines deleted...]
-    </w:p>
     <w:p w14:paraId="50C64515" w14:textId="4303B911" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:r>
         <w:t xml:space="preserve">Vous occupez l'emploi de : </w:t>
       </w:r>
       <w:r w:rsidRPr="00236131">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[…]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19E0E0B0" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:r>
         <w:t xml:space="preserve">Date de début d'exercice de vos fonctions : </w:t>
       </w:r>
       <w:r w:rsidRPr="00236131">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[…]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63187CED" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339">
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00236131">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>ou</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Votre stage débute le […] pour une durée prévisionnelle de […]</w:t>
+        <w:t>ou Votre stage débute le […] pour une durée prévisionnelle de […]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1440F538" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:r>
         <w:t xml:space="preserve">Lieu d'exercice de vos fonctions </w:t>
       </w:r>
       <w:r w:rsidRPr="00236131">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>: […]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B0C166D" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339">
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>ou</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Lieux d'exercice de vos fonctions (lorsque vos fonctions sont exercées sur plusieurs lieux fixes) : </w:t>
+        <w:t xml:space="preserve">ou Lieux d'exercice de vos fonctions (lorsque vos fonctions sont exercées sur plusieurs lieux fixes) : </w:t>
       </w:r>
       <w:r w:rsidRPr="00236131">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[…]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39C5061A" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339">
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>ou</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Vos fonctions sont exercées sur plusieurs lieux (lorsqu'il n'existe pas de lieux fixes ou principal d'exercice des fonctions)</w:t>
+        <w:t>ou Vos fonctions sont exercées sur plusieurs lieux (lorsqu'il n'existe pas de lieux fixes ou principal d'exercice des fonctions)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3459C137" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339"/>
     <w:p w14:paraId="72562455" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:pPr>
         <w:pStyle w:val="Titredetableau"/>
       </w:pPr>
       <w:r>
         <w:t>II. - Votre durée du travail ou votre régime de travail, les règles d'organisation du travail et les règles en matière d'heures supplémentaires</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EAE0FF5" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339"/>
     <w:p w14:paraId="76A726E8" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00146E87">
       <w:pPr>
         <w:pStyle w:val="Titre3"/>
       </w:pPr>
       <w:r>
         <w:t>a. Durée du travail (cycle de travail) :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="058C8AB2" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:r>
         <w:t>Si vous exercez vos fonctions dans le cadre d'un cycle de travail, celui-ci est organisé dans les conditions prévues à l'article 4 du décret n° 2001-623 du 12 juillet 2001 pris pour l'application de l'article 7-1 de la loi n° 84-53 du 26 janvier 1984 et relatif à l'aménagement et à la réduction du temps de travail dans la fonction publique territoriale.</w:t>
       </w:r>
     </w:p>
@@ -366,52 +355,55 @@
         <w:t xml:space="preserve">Les textes relatifs à l'organisation du travail qui vous sont applicables sont les suivants </w:t>
       </w:r>
       <w:r w:rsidRPr="00236131">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(à compléter selon la situation) : […]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41FD1EAF" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00146E87">
       <w:pPr>
         <w:pStyle w:val="Titre3"/>
       </w:pPr>
       <w:r>
         <w:t>d. Heures supplémentaires :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="268EE99B" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:r>
         <w:t>Les règles applicables en matière d'heures supplémentaires sont définies :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E465C2B" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339"/>
     <w:p w14:paraId="1C4ACFE4" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:r>
+        <w:t xml:space="preserve">- s'agissant d'un cycle de travail, par les articles 1 et 4 du décret n° 2001-623 du 12 juillet 2001 pris </w:t>
+      </w:r>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>- s'agissant d'un cycle de travail, par les articles 1 et 4 du décret n° 2001-623 du 12 juillet 2001 pris pour l'application de l'article 7-1 de la loi n° 84-53 du 26 janvier 1984 et relatif à l'aménagement et à la réduction du temps de travail dans la fonction publique territoriale et le décret n° 91-875 du 6 septembre 1991 relatif au régime indemnitaire dans la fonction publique territoriale ;</w:t>
+        <w:t>pour l'application de l'article 7-1 de la loi n° 84-53 du 26 janvier 1984 et relatif à l'aménagement et à la réduction du temps de travail dans la fonction publique territoriale et le décret n° 91-875 du 6 septembre 1991 relatif au régime indemnitaire dans la fonction publique territoriale ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="721209AE" w14:textId="77777777" w:rsidR="00236131" w:rsidRDefault="00236131" w:rsidP="00F12339"/>
     <w:p w14:paraId="7D161173" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:r>
         <w:t xml:space="preserve">- le cas échéant, s'agissant d'un autre régime, par </w:t>
       </w:r>
       <w:r w:rsidRPr="00236131">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(à compléter selon la situation) : […]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52A86EC0" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339"/>
     <w:p w14:paraId="22AD8CE6" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339"/>
     <w:p w14:paraId="77032287" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:pPr>
         <w:pStyle w:val="Titredetableau"/>
       </w:pPr>
       <w:r>
         <w:t>III. - Votre rémunération</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="014FC81C" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339"/>
@@ -581,544 +573,448 @@
       <w:r>
         <w:t>IV. - Vos droits à congés rémunérés</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0062B644" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339"/>
     <w:p w14:paraId="4D301202" w14:textId="2FCA4173" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:r>
         <w:t>Selon les modalités fixées par les dispositions législatives et règlementaires ci-après, et selon votre situation (fonctionnaire titulaire</w:t>
       </w:r>
       <w:r w:rsidR="00236131">
         <w:t xml:space="preserve"> ou</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> stagiaire), vous avez droit :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="482FBBCE" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339"/>
     <w:p w14:paraId="17EB51FA" w14:textId="77777777" w:rsidR="008C189C" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>à</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> un congé annuel avec traitement : article L. 621-1 du code général de la fonction publique et décret n° 85-1250 du 26 novembre 1985 relatif aux congés annuels des fonctionnaires territoriaux ;</w:t>
+        <w:t>à un congé annuel avec traitement : article L. 621-1 du code général de la fonction publique et décret n° 85-1250 du 26 novembre 1985 relatif aux congés annuels des fonctionnaires territoriaux ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="625076EE" w14:textId="77777777" w:rsidR="008C189C" w:rsidRDefault="008C189C" w:rsidP="008C189C">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12C2FF18" w14:textId="77777777" w:rsidR="008C189C" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>au</w:t>
-[...3 lines deleted...]
-        <w:t>(x) jour(s) de réduction du temps de travail (temps de repos lié au dépassement de la durée annuelle de travail définie aux articles L. 611-1 à L. 611-3 du code général de la fonction publique). Vous êtes concerné(e) si vous exercez vos fonctions dans le cadre d'un cycle de travail tel que prévu à l'article 4 du décret n° 2001-623 du 12 juillet 2001 pris pour l'application de l'article 7-1 de la loi n° 84-53 du 26 janvier 1984 et relatif à l'aménagement et à la réduction du temps de travail dans la fonction publique territoriale et qui conduit à générer des jours de réduction du temps de travail en compensation du dépassement de la durée annuelle du travail ou si vous êtes au forfait tel que prévu par l'article 10 du décret n° 2001-623 et réalisez des missions impliquant une durée du travail supérieure à la durée légale ;</w:t>
+        <w:t>au(x) jour(s) de réduction du temps de travail (temps de repos lié au dépassement de la durée annuelle de travail définie aux articles L. 611-1 à L. 611-3 du code général de la fonction publique). Vous êtes concerné(e) si vous exercez vos fonctions dans le cadre d'un cycle de travail tel que prévu à l'article 4 du décret n° 2001-623 du 12 juillet 2001 pris pour l'application de l'article 7-1 de la loi n° 84-53 du 26 janvier 1984 et relatif à l'aménagement et à la réduction du temps de travail dans la fonction publique territoriale et qui conduit à générer des jours de réduction du temps de travail en compensation du dépassement de la durée annuelle du travail ou si vous êtes au forfait tel que prévu par l'article 10 du décret n° 2001-623 et réalisez des missions impliquant une durée du travail supérieure à la durée légale ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DC0FEA1" w14:textId="77777777" w:rsidR="008C189C" w:rsidRDefault="008C189C" w:rsidP="008C189C">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A5FA3A8" w14:textId="77777777" w:rsidR="008C189C" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>aux</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> congés listés ci-dessous et liés à l'arrivée d'un enfant au foyer :</w:t>
+        <w:t>aux congés listés ci-dessous et liés à l'arrivée d'un enfant au foyer :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42164E81" w14:textId="77777777" w:rsidR="008C189C" w:rsidRDefault="008C189C" w:rsidP="008C189C">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38643E5E" w14:textId="77777777" w:rsidR="008C189C" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>congé</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> de maternité : articles L. 631-3 à L. 631-5 du code général de la fonction publique et articles 1 à 7 du décret n° 2021-846 du 29 juin 2021 relatif aux congés de maternité et liés aux charges parentales dans la fonction publique territoriale ;</w:t>
+        <w:t>congé de maternité : articles L. 631-3 à L. 631-5 du code général de la fonction publique et articles 1 à 7 du décret n° 2021-846 du 29 juin 2021 relatif aux congés de maternité et liés aux charges parentales dans la fonction publique territoriale ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78B9656D" w14:textId="77777777" w:rsidR="008C189C" w:rsidRDefault="008C189C" w:rsidP="008C189C">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65F83253" w14:textId="77777777" w:rsidR="008C189C" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>congé</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> de naissance : article L. 631-6 du code général de la fonction publique et article 8 du </w:t>
+        <w:t xml:space="preserve">congé de naissance : article L. 631-6 du code général de la fonction publique et article 8 du décret n° 2021-846 du 29 juin 2021 relatif aux congés de maternité et liés aux charges </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>décret n° 2021-846 du 29 juin 2021 relatif aux congés de maternité et liés aux charges parentales dans la fonction publique territoriale ;</w:t>
+        <w:t>parentales dans la fonction publique territoriale ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DAF9016" w14:textId="77777777" w:rsidR="008C189C" w:rsidRDefault="008C189C" w:rsidP="008C189C">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7F1659DC" w14:textId="77777777" w:rsidR="008C189C" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>congé</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> pour l'arrivée d'un enfant en vue de son adoption : article L. 631-7 du code général de la fonction publique et article 9 du décret n° 2021-846 du 29 juin 2021 relatif aux congés de maternité et liés aux charges parentales dans la fonction publique territoriale ;</w:t>
+        <w:t>congé pour l'arrivée d'un enfant en vue de son adoption : article L. 631-7 du code général de la fonction publique et article 9 du décret n° 2021-846 du 29 juin 2021 relatif aux congés de maternité et liés aux charges parentales dans la fonction publique territoriale ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17823ED1" w14:textId="77777777" w:rsidR="008C189C" w:rsidRDefault="008C189C" w:rsidP="008C189C">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73B210AC" w14:textId="77777777" w:rsidR="008C189C" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>congé</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> d'adoption : article L. 631-8 du code général de la fonction publique et articles 10 à 12 du décret n° 2021-846 du 29 juin 2021 relatif aux congés de maternité et liés aux charges parentales dans la fonction publique territoriale ;</w:t>
+        <w:t>congé d'adoption : article L. 631-8 du code général de la fonction publique et articles 10 à 12 du décret n° 2021-846 du 29 juin 2021 relatif aux congés de maternité et liés aux charges parentales dans la fonction publique territoriale ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11367FB0" w14:textId="77777777" w:rsidR="008C189C" w:rsidRDefault="008C189C" w:rsidP="008C189C">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F63643C" w14:textId="77777777" w:rsidR="008C189C" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>congé</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> de paternité et d'accueil de l'enfant : article L. 631-9 du code général de la fonction publique et articles 13 à 14 du décret n° 2021-846 du 29 juin 2021 relatif aux congés de maternité et liés aux charges parentales dans la fonction publique territoriale ;</w:t>
+        <w:t>congé de paternité et d'accueil de l'enfant : article L. 631-9 du code général de la fonction publique et articles 13 à 14 du décret n° 2021-846 du 29 juin 2021 relatif aux congés de maternité et liés aux charges parentales dans la fonction publique territoriale ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4309262B" w14:textId="77777777" w:rsidR="008C189C" w:rsidRDefault="008C189C" w:rsidP="008C189C">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="25608A7C" w14:textId="77777777" w:rsidR="008C189C" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>au</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> congé de représentation d'une association ou d'une mutuelle : articles L. 642-1 à L. 642-2 du code général de la fonction publique et décret n° 2005-1237 du 28 septembre 2005 relatif aux modalités d'attribution aux fonctionnaires et aux agents non titulaires du congé de représentation ;</w:t>
+        <w:t>au congé de représentation d'une association ou d'une mutuelle : articles L. 642-1 à L. 642-2 du code général de la fonction publique et décret n° 2005-1237 du 28 septembre 2005 relatif aux modalités d'attribution aux fonctionnaires et aux agents non titulaires du congé de représentation ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03AD83C7" w14:textId="77777777" w:rsidR="008C189C" w:rsidRDefault="008C189C" w:rsidP="008C189C">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1BDC71CF" w14:textId="77777777" w:rsidR="008C189C" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>au</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> congé relatif à l'exercice de fonctions de préparation et d'encadrement des séjours de cohésion du service national universel : article L. 643-1 du code général de la fonction publique ;</w:t>
+        <w:t>au congé relatif à l'exercice de fonctions de préparation et d'encadrement des séjours de cohésion du service national universel : article L. 643-1 du code général de la fonction publique ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7306C11A" w14:textId="77777777" w:rsidR="008C189C" w:rsidRDefault="008C189C" w:rsidP="008C189C">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D6A8806" w14:textId="77777777" w:rsidR="008C189C" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>au</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> congé pour accomplissement d'une période de service militaire, d'instruction militaire ou d'activité dans une réserve opérationnelle : articles L. 644-1 à L. 644-5 du code général de la fonction publique ;</w:t>
+        <w:t>au congé pour accomplissement d'une période de service militaire, d'instruction militaire ou d'activité dans une réserve opérationnelle : articles L. 644-1 à L. 644-5 du code général de la fonction publique ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AF1241F" w14:textId="77777777" w:rsidR="008C189C" w:rsidRDefault="008C189C" w:rsidP="008C189C">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6842D281" w14:textId="77777777" w:rsidR="008C189C" w:rsidRDefault="00F12339" w:rsidP="00F12339">
+    <w:p w14:paraId="6842D281" w14:textId="2727249A" w:rsidR="008C189C" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>au</w:t>
+        <w:t xml:space="preserve">au congé pour formation syndicale : article L. 215-1 du code général de la fonction publique </w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> congé pour formation syndicale : article L. 215-1 du code général de la fonction publique et décret n° 85-552 du 22 mai 1985 relatif à l'attribution aux agents de la fonction publique territoriale du congé pour formation syndicale ;</w:t>
+      <w:r w:rsidR="005B1D63">
+        <w:t>et R.215-1 et suivants du CGFP ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66928969" w14:textId="77777777" w:rsidR="008C189C" w:rsidRDefault="008C189C" w:rsidP="008C189C">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="05F56CBD" w14:textId="77777777" w:rsidR="008C189C" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>au</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> congé de formation professionnelle : article L. 422-1 du code général de la fonction publique et articles 8 et 11 à 17-1 du décret n° 2007-1845 du 26 décembre 2007 relatif à la formation professionnelle tout au long de la vie des agents de la fonction publique territoriale ;</w:t>
+        <w:t>au congé de formation professionnelle : article L. 422-1 du code général de la fonction publique et articles 8 et 11 à 17-1 du décret n° 2007-1845 du 26 décembre 2007 relatif à la formation professionnelle tout au long de la vie des agents de la fonction publique territoriale ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33593ED7" w14:textId="77777777" w:rsidR="008C189C" w:rsidRDefault="008C189C" w:rsidP="008C189C">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="547255DD" w14:textId="77777777" w:rsidR="008C189C" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>au</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> congé pour validation des acquis de l'expérience : article L. 422-1 du code général de la fonction publique et articles 8 et 27 à 33 du décret n° 2007-1845 du 26 décembre 2007 relatif à la formation professionnelle tout au long de la vie des agents de la fonction publique territoriale ;</w:t>
+        <w:t>au congé pour validation des acquis de l'expérience : article L. 422-1 du code général de la fonction publique et articles 8 et 27 à 33 du décret n° 2007-1845 du 26 décembre 2007 relatif à la formation professionnelle tout au long de la vie des agents de la fonction publique territoriale ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4154E2DD" w14:textId="77777777" w:rsidR="008C189C" w:rsidRDefault="008C189C" w:rsidP="008C189C">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5876F3AB" w14:textId="77777777" w:rsidR="008C189C" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>au</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> congé pour bilan de compétences : article L. 422-1 du code général de la fonction publique et articles 8 et 18 à 26 du décret n° 2007-1845 du 26 décembre 2007 relatif à la formation professionnelle tout au long de la vie des agents de la fonction publique territoriale ;</w:t>
+        <w:t>au congé pour bilan de compétences : article L. 422-1 du code général de la fonction publique et articles 8 et 18 à 26 du décret n° 2007-1845 du 26 décembre 2007 relatif à la formation professionnelle tout au long de la vie des agents de la fonction publique territoriale ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="666ECCDF" w14:textId="77777777" w:rsidR="008C189C" w:rsidRDefault="008C189C" w:rsidP="008C189C">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C735869" w14:textId="1E12F613" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>au</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> congé de transition professionnelle : article L. 422-3 du code général de la fonction publique et articles 34 à 40 du décret n° 2007-1845 du 26 décembre 2007 relatif à la formation professionnelle tout au long de la vie des agents de la fonction publique territoriale.</w:t>
+        <w:t>au congé de transition professionnelle : article L. 422-3 du code général de la fonction publique et articles 34 à 40 du décret n° 2007-1845 du 26 décembre 2007 relatif à la formation professionnelle tout au long de la vie des agents de la fonction publique territoriale.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B5CF5B9" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339"/>
     <w:p w14:paraId="284B8AD5" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:pPr>
         <w:pStyle w:val="Titredetableau"/>
       </w:pPr>
       <w:r>
         <w:t>V. - Vos droits à la formation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A97C5BE" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339"/>
     <w:p w14:paraId="66D745EC" w14:textId="1E79BBD9" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:r>
         <w:t>Selon votre situation (fonctionnaire titulaire</w:t>
       </w:r>
       <w:r w:rsidR="00236131">
         <w:t xml:space="preserve"> ou</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> stagiaire), vos droits à la formation sont fixés dans les conditions prévues par les dispositions législatives et réglementaires suivantes :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="634DB9C9" w14:textId="77777777" w:rsidR="00C114B1" w:rsidRDefault="00C114B1" w:rsidP="00F12339"/>
     <w:p w14:paraId="582BD871" w14:textId="77777777" w:rsidR="00C114B1" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>articles</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> L. 421-1 à L. 422-19, L. 422-21 à L. 422-35 du code général de la fonction publique ;</w:t>
+        <w:t>articles L. 421-1 à L. 422-19, L. 422-21 à L. 422-35 du code général de la fonction publique ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D8A31D3" w14:textId="77777777" w:rsidR="00C114B1" w:rsidRDefault="00C114B1" w:rsidP="00C114B1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7EBBA405" w14:textId="77777777" w:rsidR="00C114B1" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>décret</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> n° 2007-1845 du 26 décembre 2007 relatif à la formation professionnelle tout au long de la vie des agents de la fonction publique territoriale ;</w:t>
+        <w:t>décret n° 2007-1845 du 26 décembre 2007 relatif à la formation professionnelle tout au long de la vie des agents de la fonction publique territoriale ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D33A9BD" w14:textId="77777777" w:rsidR="00C114B1" w:rsidRDefault="00C114B1" w:rsidP="00C114B1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28E7D13B" w14:textId="77777777" w:rsidR="00C114B1" w:rsidRDefault="00F12339" w:rsidP="00F12339">
+    <w:p w14:paraId="28E7D13B" w14:textId="4ADAD785" w:rsidR="00C114B1" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>décret</w:t>
+        <w:t>décret n°</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> n° 2008-512 du 29 mai 2008 relatif à la formation statutaire obligatoire des </w:t>
+      <w:r w:rsidR="005B1D63">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:lastRenderedPageBreak/>
-        <w:t>fonctionnaires territoriaux ;</w:t>
+        <w:t>2008-512 du 29 mai 2008 relatif à la formation statutaire obligatoire des fonctionnaires territoriaux ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60527AAE" w14:textId="77777777" w:rsidR="00C114B1" w:rsidRDefault="00C114B1" w:rsidP="00C114B1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5170DAF3" w14:textId="5F0DA109" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>décret</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> n° 2017-928 du 6 mai 2017 relatif à la mise en œuvre du compte personnel d'activité dans la fonction publique et à la formation professionnelle tout au long de la vie.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>décret n° 2017-928 du 6 mai 2017 relatif à la mise en œuvre du compte personnel d'activité dans la fonction publique et à la formation professionnelle tout au long de la vie.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33FE15AF" w14:textId="48215D6F" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00236131">
       <w:pPr>
         <w:pStyle w:val="Titredetableau"/>
       </w:pPr>
       <w:r>
         <w:t>VI. - Les accords collectifs relatifs à vos conditions de travail comportant des dispositions édictant des mesures règlementaires</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3592B085" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339"/>
     <w:p w14:paraId="578A9EE7" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:r>
         <w:t>Le ou les accords collectif(s) suivant(s) conclu(s) par votre employeur en application des articles L. 222-1 et L. 222-3 du code général de la fonction publique comporte(nt) des clauses réglementaires et vous sont applicables :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EFDE629" w14:textId="77777777" w:rsidR="00236131" w:rsidRDefault="00236131" w:rsidP="00F12339"/>
     <w:p w14:paraId="7BFEF3C8" w14:textId="77777777" w:rsidR="00F12339" w:rsidRPr="00236131" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00236131">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[Intitulé de l'accord]. Cet accord intervient dans le domaine relatif à [indiquez le(s) domaine(s) de l'accord, cf. 1° à 14° de l'article L. 222-3 du code général de la fonction publique]. Il est entré en vigueur le [Date]. Cet accord prévoit les dispositions réglementaires suivantes : [Description des clauses réglementaires applicables].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EDB4720" w14:textId="77777777" w:rsidR="00F12339" w:rsidRPr="00236131" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00236131">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>ou</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="4C9A9E70" w14:textId="430A4444" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:r w:rsidRPr="00236131">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Néant</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62BCF9FD" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:pPr>
         <w:pStyle w:val="Titredetableau"/>
       </w:pPr>
       <w:r>
         <w:t>VII. - L'organisme ou les organismes de sécurité sociale percevant vos cotisations et contributions salariales</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59E8AB14" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339"/>
     <w:p w14:paraId="4DF816E6" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:r>
         <w:t>Votre rémunération est soumise à des cotisations et contributions salariales, perçues :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DE34A23" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339"/>
     <w:p w14:paraId="239FEF77" w14:textId="5278E8AC" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00C114B1">
@@ -1127,65 +1023,56 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00C114B1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>soit par la caisse nationale de retraites des agents des collectivités locales (CNRACL) et l'établissement de retraite additionnelle de la fonction publique (ERAFP)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> pour les fonctionnaires qui occupent un emploi à temps complet ou qui occupent un ou plusieurs emploi(s) à temps non complet pour une durée de service totale au moins égale à 28 heures par semaine (décret n° 2022-244 du 25 février 2022 déterminant le seuil d'affiliation à la caisse nationale de retraites des agents des collectivités locales des fonctionnaires territoriaux nommés dans un ou plusieurs emplois permanents à temps non complet) ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5843736E" w14:textId="77777777" w:rsidR="00236131" w:rsidRDefault="00236131" w:rsidP="00F12339"/>
     <w:p w14:paraId="46F7B25D" w14:textId="65D2913D" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00C114B1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C114B1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>soit</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> par le régime général réglementé par le code de la sécurité sociale et l'institution de retraite complémentaire des agents non-titulaires de l'Etat et des collectivités publiques (IRCANTEC)</w:t>
+        <w:t>soit par le régime général réglementé par le code de la sécurité sociale et l'institution de retraite complémentaire des agents non-titulaires de l'Etat et des collectivités publiques (IRCANTEC)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> pour les fonctionnaires qui occupent un ou plusieurs emploi(s) à temps non complet pour une durée de service totale inférieure à 28 heures par semaine.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27827C05" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:pPr>
         <w:pStyle w:val="Titredetableau"/>
       </w:pPr>
       <w:r>
         <w:t>VIII. - Les dispositifs de protection sociale</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53DC8450" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339"/>
     <w:p w14:paraId="4DCCC941" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339"/>
     <w:p w14:paraId="4451946F" w14:textId="75BC2AA8" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00C114B1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
@@ -1256,52 +1143,55 @@
       <w:r w:rsidRPr="00236131">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Congé de longue durée</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> : articles L. 822-12 à L. 822-17 du code général de la fonction publique et articles 20 à 22 du décret n° 87-602 du 30 juillet 1987 pris pour l'application de la loi n° 84-53 du 26 janvier 1984 portant dispositions statutaires relatives à la fonction publique territoriale et relatif à l'organisation des conseils médicaux, aux conditions d'aptitude physique et au régime des congés de maladie des fonctionnaires territoriaux ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42A53F0F" w14:textId="77777777" w:rsidR="00236131" w:rsidRDefault="00236131" w:rsidP="00236131">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="202DB0EC" w14:textId="6B1163A2" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
       </w:pPr>
       <w:r>
+        <w:t xml:space="preserve">Si vous êtes fonctionnaire stagiaire, vous bénéficiez des congés pour raisons de santé dans les conditions prévues à l'article 7 du décret n° 92-1194 du 4 novembre 1992 fixant les </w:t>
+      </w:r>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>Si vous êtes fonctionnaire stagiaire, vous bénéficiez des congés pour raisons de santé dans les conditions prévues à l'article 7 du décret n° 92-1194 du 4 novembre 1992 fixant les dispositions communes applicables aux fonctionnaires stagiaires de la fonction publique territoriale.</w:t>
+        <w:t>dispositions communes applicables aux fonctionnaires stagiaires de la fonction publique territoriale.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30CDD3AA" w14:textId="77777777" w:rsidR="00236131" w:rsidRDefault="00236131" w:rsidP="00236131"/>
     <w:p w14:paraId="68574B5E" w14:textId="77777777" w:rsidR="00236131" w:rsidRDefault="00236131" w:rsidP="00236131"/>
     <w:p w14:paraId="577924E7" w14:textId="6C9AA24E" w:rsidR="003671AF" w:rsidRDefault="00F12339" w:rsidP="00C114B1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>A l'issue de vos droits à congés pour raison de santé, vous pouvez bénéficier, sous conditions, de l'allocation d'invalidité temporaire (articles D. 712-13 à D. 712-18 du code de la sécurité sociale).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02B1CCE9" w14:textId="77777777" w:rsidR="003671AF" w:rsidRDefault="003671AF" w:rsidP="00C114B1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:hanging="436"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D813F0B" w14:textId="522B40A0" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00C114B1">
       <w:pPr>
@@ -1486,77 +1376,75 @@
     <w:p w14:paraId="56987788" w14:textId="4F182CFD" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00C114B1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>Si vous êtes nommé(e) sur un emploi permanent à temps non complet, vous pouvez vous reporter aux articles 34 à 43 du décret n° 91-298 du 20 mars 1991 portant dispositions statutaires applicables aux fonctionnaires territoriaux nommés dans des emplois permanents à temps non complet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F0A6E91" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339"/>
     <w:p w14:paraId="5B540F8A" w14:textId="3F283DBD" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="003671AF">
       <w:pPr>
         <w:pStyle w:val="Titredetableau"/>
       </w:pPr>
       <w:r>
         <w:t>IX. - Procédures et droits en cas de cessation de vos fonctions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42E50F5A" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339"/>
     <w:p w14:paraId="688AD0F3" w14:textId="1B429F79" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339">
       <w:r>
-        <w:t xml:space="preserve">La cessation définitive de vos fonctions, qui entraîne votre radiation des cadres, peut intervenir pour l'un des motifs (article L. 550-1 du code général de la fonction publique) et selon </w:t>
+        <w:t>La cessation définitive de vos fonctions, qui entraîne votre radiation des cadres, peut intervenir pour l'un des motifs (article L. 550-1 du code général de la fonction publique) et selon les modalités suivants</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...7 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="003671AF">
         <w:t> :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41898185" w14:textId="77777777" w:rsidR="003671AF" w:rsidRDefault="003671AF" w:rsidP="00F12339"/>
-    <w:p w14:paraId="4A091457" w14:textId="77777777" w:rsidR="00C114B1" w:rsidRDefault="00F12339" w:rsidP="00C114B1">
+    <w:p w14:paraId="4A091457" w14:textId="488AE900" w:rsidR="00C114B1" w:rsidRDefault="00F12339" w:rsidP="00C114B1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:ind w:left="0" w:hanging="142"/>
       </w:pPr>
       <w:r>
-        <w:t>Démission régulièrement acceptée : articles L. 551-1 à L. 551-2 du code général de lafonction publique ;</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Démission régulièrement acceptée : articles L. 551-1 à L. 551-2 du code général de la</w:t>
+      </w:r>
+      <w:r w:rsidR="005B1D63">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>fonction publique ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AB7A220" w14:textId="77777777" w:rsidR="00C114B1" w:rsidRDefault="00C114B1" w:rsidP="00C114B1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="619BE7C4" w14:textId="77777777" w:rsidR="00C114B1" w:rsidRDefault="00F12339" w:rsidP="00C114B1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:ind w:left="0" w:hanging="142"/>
       </w:pPr>
       <w:r>
         <w:t>Non réintégration à l'issue d'une période de disponibilité (hors fonctionnaires stagiaires)</w:t>
       </w:r>
       <w:r w:rsidR="00C114B1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>article 26 du décret n° 86-68 du 13 janvier 1986 relatif aux positions de détachement, de disponibilité, de congé parental des fonctionnaires territoriaux et à l'intégration ;</w:t>
@@ -1572,100 +1460,88 @@
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:ind w:left="0" w:hanging="142"/>
       </w:pPr>
       <w:r>
         <w:t>Licenciement pour insuffisance professionnelle, selon les modalités prévues :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02AA4C6B" w14:textId="77777777" w:rsidR="00C114B1" w:rsidRDefault="00C114B1" w:rsidP="00C114B1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6FB580CD" w14:textId="77777777" w:rsidR="00C114B1" w:rsidRDefault="00F12339" w:rsidP="00C114B1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>aux</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> articles L. 553-1 à L. 553-3 du code général de la fonction publique et par le décret n° 85-186 du 7 février 1985 relatif à l'indemnité de licenciement pour insuffisance professionnelle due aux fonctionnaires des collectivités territoriales ;</w:t>
+        <w:t>aux articles L. 553-1 à L. 553-3 du code général de la fonction publique et par le décret n° 85-186 du 7 février 1985 relatif à l'indemnité de licenciement pour insuffisance professionnelle due aux fonctionnaires des collectivités territoriales ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="445D9535" w14:textId="77777777" w:rsidR="00C114B1" w:rsidRDefault="00C114B1" w:rsidP="00C114B1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A143A72" w14:textId="5C7DD1C9" w:rsidR="00C114B1" w:rsidRDefault="00F12339" w:rsidP="00C114B1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>pour</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> les fonctionnaires occupant un emploi à temps non complet : aux articles 16, 28, 30 à 33-1, 41 à 41-2 du décret n° 91-298 du 20 mars 1991 portant dispositions statutaires applicables aux fonctionnaires territoriaux nommés dans des emplois permanents à temps non complet</w:t>
+        <w:t>pour les fonctionnaires occupant un emploi à temps non complet : aux articles 16, 28, 30 à 33-1, 41 à 41-2 du décret n° 91-298 du 20 mars 1991 portant dispositions statutaires applicables aux fonctionnaires territoriaux nommés dans des emplois permanents à temps non complet</w:t>
       </w:r>
       <w:r w:rsidR="00C114B1">
         <w:t> ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CB59A4A" w14:textId="77777777" w:rsidR="00C114B1" w:rsidRDefault="00C114B1" w:rsidP="00C114B1"/>
-    <w:p w14:paraId="5AECF991" w14:textId="083DE8AF" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00C114B1">
+    <w:p w14:paraId="5AECF991" w14:textId="6C259F2E" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00C114B1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>pour</w:t>
+        <w:t xml:space="preserve">pour les fonctionnaires stagiaires : </w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> les fonctionnaires stagiaires : à l'article 5 du décret n° 92-1194 du 4 novembre 1992 fixant les dispositions communes applicables aux fonctionnaires stagiaires de la fonction publique territoriale ;</w:t>
+      <w:r w:rsidR="005B1D63">
+        <w:t>aux articles R.327-66 et suivants du CGFP</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="502F27C9" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00C114B1"/>
     <w:p w14:paraId="3C162A61" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00C114B1"/>
     <w:p w14:paraId="4D755780" w14:textId="77777777" w:rsidR="003671AF" w:rsidRDefault="00F12339" w:rsidP="00C114B1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:ind w:left="0" w:hanging="142"/>
       </w:pPr>
       <w:r>
         <w:t>Révocation (hors fonctionnaires stagiaires), en application du 4° de l'article L. 533-1 du code général de la fonction publique et selon la procédure prévue par le décret n° 89-677 du 18 septembre 1989 relatif à la procédure disciplinaire applicable aux fonctionnaires territoriaux ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C5B0626" w14:textId="77777777" w:rsidR="00C114B1" w:rsidRDefault="00C114B1" w:rsidP="00C114B1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E76AF2A" w14:textId="77777777" w:rsidR="00C114B1" w:rsidRDefault="00F12339" w:rsidP="00C114B1">
       <w:pPr>
@@ -1764,51 +1640,51 @@
         <w:ind w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41B732B8" w14:textId="20F4CD19" w:rsidR="003671AF" w:rsidRDefault="003671AF" w:rsidP="00C114B1">
       <w:pPr>
         <w:pStyle w:val="Titre3"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>Date de remise du document :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4925C6C3" w14:textId="77777777" w:rsidR="00F12339" w:rsidRDefault="00F12339" w:rsidP="00F12339"/>
     <w:p w14:paraId="035E99F6" w14:textId="3EBD99E1" w:rsidR="00E32F3E" w:rsidRPr="007A44DD" w:rsidRDefault="00E32F3E" w:rsidP="00F12339"/>
     <w:sectPr w:rsidR="00E32F3E" w:rsidRPr="007A44DD">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialNarrow">
     <w:altName w:val="Arial Narrow"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
@@ -1824,118 +1700,121 @@
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DIN">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000083" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000009" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
+    <w:altName w:val="Arial Unicode MS"/>
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DIN-Regular">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialNarrow-Bold">
     <w:altName w:val="Arial Narrow"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Rockwell">
     <w:panose1 w:val="02060603020205020403"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:3pt;height:3pt" o:bullet="t">
+      <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:3.15pt;height:3.15pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="PUCE CHECK"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="1">
     <w:pict>
-      <v:shape id="_x0000_i1029" type="#_x0000_t75" style="width:53.25pt;height:101.25pt" o:bullet="t">
+      <v:shape id="_x0000_i1029" type="#_x0000_t75" style="width:53.2pt;height:101.45pt" o:bullet="t">
         <v:imagedata r:id="rId2" o:title="check"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="6C4E50DA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="4D6CB71E"/>
@@ -4758,133 +4637,138 @@
   <w:num w:numId="35" w16cid:durableId="2079089691">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1928423986">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1767340556">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="667707737">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="699162304">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="2050256008">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="543568621">
     <w:abstractNumId w:val="26"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F12339"/>
     <w:rsid w:val="00044B98"/>
     <w:rsid w:val="00067EAD"/>
     <w:rsid w:val="00122C76"/>
     <w:rsid w:val="00146E87"/>
+    <w:rsid w:val="00186E81"/>
     <w:rsid w:val="001A6618"/>
     <w:rsid w:val="001C6BCC"/>
     <w:rsid w:val="00236131"/>
     <w:rsid w:val="0027038F"/>
     <w:rsid w:val="002727C0"/>
     <w:rsid w:val="003671AF"/>
     <w:rsid w:val="003A60B2"/>
     <w:rsid w:val="003C5273"/>
     <w:rsid w:val="004259EE"/>
     <w:rsid w:val="00534850"/>
+    <w:rsid w:val="00596593"/>
+    <w:rsid w:val="005B1D63"/>
+    <w:rsid w:val="00603E5D"/>
     <w:rsid w:val="00623BF2"/>
     <w:rsid w:val="00674447"/>
     <w:rsid w:val="006931F3"/>
     <w:rsid w:val="006B7058"/>
     <w:rsid w:val="007A44DD"/>
     <w:rsid w:val="00842956"/>
     <w:rsid w:val="008C189C"/>
     <w:rsid w:val="008C4FEF"/>
     <w:rsid w:val="00970B99"/>
     <w:rsid w:val="00A62E84"/>
     <w:rsid w:val="00AE2D71"/>
     <w:rsid w:val="00B276C0"/>
     <w:rsid w:val="00BD76FD"/>
     <w:rsid w:val="00C114B1"/>
+    <w:rsid w:val="00C8181A"/>
     <w:rsid w:val="00CF0C9E"/>
     <w:rsid w:val="00D62D8D"/>
     <w:rsid w:val="00E257F9"/>
     <w:rsid w:val="00E32F3E"/>
     <w:rsid w:val="00F12339"/>
     <w:rsid w:val="00F214C7"/>
     <w:rsid w:val="00FD2E73"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1028"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7859DD34"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{4BE53BB6-04C7-43AF-99E2-3C61384FB7AE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="120"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="18" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="18" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="18" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="18" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="18" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -22822,51 +22706,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="Grilledetableauclaire">
     <w:name w:val="Grid Table Light"/>
     <w:aliases w:val="Grille de tableau CDG"/>
     <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="40"/>
     <w:rsid w:val="007A44DD"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="199784925">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1467704012">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -23129,69 +23013,69 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>3036</Words>
-  <Characters>16700</Characters>
+  <Words>2973</Words>
+  <Characters>16357</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>139</Lines>
-  <Paragraphs>39</Paragraphs>
+  <Lines>136</Lines>
+  <Paragraphs>38</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19697</CharactersWithSpaces>
+  <CharactersWithSpaces>19292</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Marine CHAMBRIER</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>