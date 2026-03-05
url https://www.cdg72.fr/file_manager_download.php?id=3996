--- v0 (2025-10-16)
+++ v1 (2026-03-05)
@@ -25,60 +25,60 @@
   <Override PartName="/xl/richData/richValueRel.xml" ContentType="application/vnd.ms-excel.richvaluerel+xml"/>
   <Override PartName="/xl/richData/rdrichvalue.xml" ContentType="application/vnd.ms-excel.rdrichvalue+xml"/>
   <Override PartName="/xl/richData/rdrichvaluestructure.xml" ContentType="application/vnd.ms-excel.rdrichvaluestructure+xml"/>
   <Override PartName="/xl/richData/rdRichValueTypes.xml" ContentType="application/vnd.ms-excel.rdrichvaluetypes+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/featurePropertyBag/featurePropertyBag.xml" ContentType="application/vnd.ms-excel.featurepropertybag+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\OneDrive - cdg72.fr\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="P:\PAPRIPACT\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B4D65EAE-F0C2-49D9-AA46-F6A4214947D2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FFF53D91-0922-4CD5-905A-E72CCE9FEA13}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="2" activeTab="7" xr2:uid="{72DCE2F2-69AF-47B7-9585-2A4D5CBB7B68}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="2" activeTab="7" xr2:uid="{72DCE2F2-69AF-47B7-9585-2A4D5CBB7B68}"/>
   </bookViews>
   <sheets>
     <sheet name="Page de garde" sheetId="1" r:id="rId1"/>
     <sheet name="Résumé du PAPRIPACT" sheetId="4" r:id="rId2"/>
     <sheet name="Présentation de la collectivité" sheetId="2" r:id="rId3"/>
     <sheet name="Réglementation" sheetId="3" r:id="rId4"/>
     <sheet name="Sources" sheetId="5" r:id="rId5"/>
     <sheet name="RSU" sheetId="8" r:id="rId6"/>
     <sheet name="Aide &quot;PAPRIPACT&quot;" sheetId="12" r:id="rId7"/>
     <sheet name="PAPRIPACT" sheetId="6" r:id="rId8"/>
     <sheet name="Calendrier" sheetId="7" r:id="rId9"/>
     <sheet name="Indicateurs" sheetId="10" r:id="rId10"/>
     <sheet name="Listes" sheetId="9" r:id="rId11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="1">PAPRIPACT!$A$5:$S$5</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="8">Calendrier!$A$1:$O$9</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="9">Indicateurs!$A$1:$E$82</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="7">PAPRIPACT!$A$1:$S$16</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
@@ -106,51 +106,51 @@
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xlrd="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata">
   <metadataTypes count="1">
     <metadataType name="XLRICHVALUE" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1"/>
   </metadataTypes>
   <futureMetadata name="XLRICHVALUE" count="1">
     <bk>
       <extLst>
         <ext uri="{3e2802c4-a4d2-4d8b-9148-e3be6c30e623}">
           <xlrd:rvb i="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <valueMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </valueMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="234" uniqueCount="172">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="234" uniqueCount="173">
   <si>
     <t>PAPRIPACT</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>P</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">rogramme </t>
     </r>
@@ -507,67 +507,50 @@
     <t>03 - Restauration scolaire</t>
   </si>
   <si>
     <t>Les agents se plaignent du bruit lors de l'entretien de la cuisine</t>
   </si>
   <si>
     <t>Achats de bouchons auditifs moulés pour les agents (x4)</t>
   </si>
   <si>
     <t>En cours</t>
   </si>
   <si>
     <t>Plannifiée (non commencée)</t>
   </si>
   <si>
     <t>Terminée</t>
   </si>
   <si>
     <t>Annulée</t>
   </si>
   <si>
     <t>Reportée</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Date prévisionelle de réalisation
-[...15 lines deleted...]
-    <r>
       <t xml:space="preserve">Date réelle de réalisation
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>jj/mm/aa</t>
     </r>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
     <t>Partiellement</t>
   </si>
   <si>
     <t>Coût (€)</t>
   </si>
   <si>
@@ -961,50 +944,70 @@
       <rPr>
         <b/>
         <sz val="8.5"/>
         <color theme="1"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>En cas d'action non réalisée, préciser le motif.</t>
     </r>
   </si>
   <si>
     <t>Fixer un indicateur mesurable qui permet de vérifier l'efficacité de l'action.</t>
   </si>
   <si>
     <t>Oui : la mesure correspond au résultat attendu.
 Non : la mesure n'atteint pas le résultat attendu (l'action semble avoir été inefficace).</t>
   </si>
   <si>
     <t>Les indicateurs sont donnés à titre d'exemples. Ils ne sont ni obligatoires ni exhaustifs.</t>
   </si>
   <si>
     <t>Dépenses liées à la prévention des risques professionnels</t>
   </si>
   <si>
     <t>TEXTES RÉGLEMENTAIRES UTILES</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Date prévisionnelle de réalisation
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>jj/mm/aa</t>
+    </r>
+  </si>
+  <si>
+    <t>Date prévisionnelle de réalisation</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="000"/>
     <numFmt numFmtId="165" formatCode="#,##0\ _€"/>
   </numFmts>
   <fonts count="41" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -2264,211 +2267,211 @@
     </xf>
     <xf numFmtId="0" fontId="36" fillId="8" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="7" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="5" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="5" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="12" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="12" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="12" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="12" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="12" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="12" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="12" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...100 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="40" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Lien hypertexte" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="9">
     <dxf>
       <font>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
@@ -5289,746 +5292,746 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1444C20D-399F-4E70-91B3-708B9ECEC06F}">
   <sheetPr codeName="Feuil1"/>
   <dimension ref="A1:O47"/>
   <sheetViews>
     <sheetView showGridLines="0" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:O8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="21" width="5.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="110" t="s">
+      <c r="A1" s="111" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="110"/>
-[...12 lines deleted...]
-      <c r="O1" s="110"/>
+      <c r="B1" s="111"/>
+      <c r="C1" s="111"/>
+      <c r="D1" s="111"/>
+      <c r="E1" s="111"/>
+      <c r="F1" s="111"/>
+      <c r="G1" s="111"/>
+      <c r="H1" s="111"/>
+      <c r="I1" s="111"/>
+      <c r="J1" s="111"/>
+      <c r="K1" s="111"/>
+      <c r="L1" s="111"/>
+      <c r="M1" s="111"/>
+      <c r="N1" s="111"/>
+      <c r="O1" s="111"/>
     </row>
     <row r="2" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="110"/>
-[...13 lines deleted...]
-      <c r="O2" s="110"/>
+      <c r="A2" s="111"/>
+      <c r="B2" s="111"/>
+      <c r="C2" s="111"/>
+      <c r="D2" s="111"/>
+      <c r="E2" s="111"/>
+      <c r="F2" s="111"/>
+      <c r="G2" s="111"/>
+      <c r="H2" s="111"/>
+      <c r="I2" s="111"/>
+      <c r="J2" s="111"/>
+      <c r="K2" s="111"/>
+      <c r="L2" s="111"/>
+      <c r="M2" s="111"/>
+      <c r="N2" s="111"/>
+      <c r="O2" s="111"/>
     </row>
     <row r="3" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="110"/>
-[...13 lines deleted...]
-      <c r="O3" s="110"/>
+      <c r="A3" s="111"/>
+      <c r="B3" s="111"/>
+      <c r="C3" s="111"/>
+      <c r="D3" s="111"/>
+      <c r="E3" s="111"/>
+      <c r="F3" s="111"/>
+      <c r="G3" s="111"/>
+      <c r="H3" s="111"/>
+      <c r="I3" s="111"/>
+      <c r="J3" s="111"/>
+      <c r="K3" s="111"/>
+      <c r="L3" s="111"/>
+      <c r="M3" s="111"/>
+      <c r="N3" s="111"/>
+      <c r="O3" s="111"/>
     </row>
     <row r="4" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="110"/>
-[...13 lines deleted...]
-      <c r="O4" s="110"/>
+      <c r="A4" s="111"/>
+      <c r="B4" s="111"/>
+      <c r="C4" s="111"/>
+      <c r="D4" s="111"/>
+      <c r="E4" s="111"/>
+      <c r="F4" s="111"/>
+      <c r="G4" s="111"/>
+      <c r="H4" s="111"/>
+      <c r="I4" s="111"/>
+      <c r="J4" s="111"/>
+      <c r="K4" s="111"/>
+      <c r="L4" s="111"/>
+      <c r="M4" s="111"/>
+      <c r="N4" s="111"/>
+      <c r="O4" s="111"/>
     </row>
     <row r="5" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="110"/>
-[...13 lines deleted...]
-      <c r="O5" s="110"/>
+      <c r="A5" s="111"/>
+      <c r="B5" s="111"/>
+      <c r="C5" s="111"/>
+      <c r="D5" s="111"/>
+      <c r="E5" s="111"/>
+      <c r="F5" s="111"/>
+      <c r="G5" s="111"/>
+      <c r="H5" s="111"/>
+      <c r="I5" s="111"/>
+      <c r="J5" s="111"/>
+      <c r="K5" s="111"/>
+      <c r="L5" s="111"/>
+      <c r="M5" s="111"/>
+      <c r="N5" s="111"/>
+      <c r="O5" s="111"/>
     </row>
     <row r="6" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="110"/>
-[...13 lines deleted...]
-      <c r="O6" s="110"/>
+      <c r="A6" s="111"/>
+      <c r="B6" s="111"/>
+      <c r="C6" s="111"/>
+      <c r="D6" s="111"/>
+      <c r="E6" s="111"/>
+      <c r="F6" s="111"/>
+      <c r="G6" s="111"/>
+      <c r="H6" s="111"/>
+      <c r="I6" s="111"/>
+      <c r="J6" s="111"/>
+      <c r="K6" s="111"/>
+      <c r="L6" s="111"/>
+      <c r="M6" s="111"/>
+      <c r="N6" s="111"/>
+      <c r="O6" s="111"/>
     </row>
     <row r="7" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="110"/>
-[...13 lines deleted...]
-      <c r="O7" s="110"/>
+      <c r="A7" s="111"/>
+      <c r="B7" s="111"/>
+      <c r="C7" s="111"/>
+      <c r="D7" s="111"/>
+      <c r="E7" s="111"/>
+      <c r="F7" s="111"/>
+      <c r="G7" s="111"/>
+      <c r="H7" s="111"/>
+      <c r="I7" s="111"/>
+      <c r="J7" s="111"/>
+      <c r="K7" s="111"/>
+      <c r="L7" s="111"/>
+      <c r="M7" s="111"/>
+      <c r="N7" s="111"/>
+      <c r="O7" s="111"/>
     </row>
     <row r="8" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="110"/>
-[...13 lines deleted...]
-      <c r="O8" s="110"/>
+      <c r="A8" s="111"/>
+      <c r="B8" s="111"/>
+      <c r="C8" s="111"/>
+      <c r="D8" s="111"/>
+      <c r="E8" s="111"/>
+      <c r="F8" s="111"/>
+      <c r="G8" s="111"/>
+      <c r="H8" s="111"/>
+      <c r="I8" s="111"/>
+      <c r="J8" s="111"/>
+      <c r="K8" s="111"/>
+      <c r="L8" s="111"/>
+      <c r="M8" s="111"/>
+      <c r="N8" s="111"/>
+      <c r="O8" s="111"/>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A9" s="92"/>
       <c r="O9" s="92"/>
     </row>
     <row r="10" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="93"/>
       <c r="B10" s="3"/>
-      <c r="C10" s="109" t="s">
+      <c r="C10" s="110" t="s">
         <v>1</v>
       </c>
-      <c r="D10" s="109"/>
-[...8 lines deleted...]
-      <c r="M10" s="109"/>
+      <c r="D10" s="110"/>
+      <c r="E10" s="110"/>
+      <c r="F10" s="110"/>
+      <c r="G10" s="110"/>
+      <c r="H10" s="110"/>
+      <c r="I10" s="110"/>
+      <c r="J10" s="110"/>
+      <c r="K10" s="110"/>
+      <c r="L10" s="110"/>
+      <c r="M10" s="110"/>
       <c r="N10" s="3"/>
       <c r="O10" s="93"/>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A11" s="93"/>
       <c r="B11" s="3"/>
-      <c r="C11" s="109"/>
-[...9 lines deleted...]
-      <c r="M11" s="109"/>
+      <c r="C11" s="110"/>
+      <c r="D11" s="110"/>
+      <c r="E11" s="110"/>
+      <c r="F11" s="110"/>
+      <c r="G11" s="110"/>
+      <c r="H11" s="110"/>
+      <c r="I11" s="110"/>
+      <c r="J11" s="110"/>
+      <c r="K11" s="110"/>
+      <c r="L11" s="110"/>
+      <c r="M11" s="110"/>
       <c r="N11" s="3"/>
       <c r="O11" s="93"/>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A12" s="93"/>
       <c r="B12" s="3"/>
-      <c r="C12" s="109"/>
-[...9 lines deleted...]
-      <c r="M12" s="109"/>
+      <c r="C12" s="110"/>
+      <c r="D12" s="110"/>
+      <c r="E12" s="110"/>
+      <c r="F12" s="110"/>
+      <c r="G12" s="110"/>
+      <c r="H12" s="110"/>
+      <c r="I12" s="110"/>
+      <c r="J12" s="110"/>
+      <c r="K12" s="110"/>
+      <c r="L12" s="110"/>
+      <c r="M12" s="110"/>
       <c r="N12" s="3"/>
       <c r="O12" s="93"/>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A13" s="92"/>
       <c r="O13" s="92"/>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A14" s="92"/>
       <c r="O14" s="92"/>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A15" s="92"/>
       <c r="O15" s="92"/>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A16" s="92"/>
-      <c r="B16" s="111" t="s">
+      <c r="B16" s="112" t="s">
         <v>2</v>
       </c>
-      <c r="C16" s="111"/>
-[...10 lines deleted...]
-      <c r="N16" s="111"/>
+      <c r="C16" s="112"/>
+      <c r="D16" s="112"/>
+      <c r="E16" s="112"/>
+      <c r="F16" s="112"/>
+      <c r="G16" s="112"/>
+      <c r="H16" s="112"/>
+      <c r="I16" s="112"/>
+      <c r="J16" s="112"/>
+      <c r="K16" s="112"/>
+      <c r="L16" s="112"/>
+      <c r="M16" s="112"/>
+      <c r="N16" s="112"/>
       <c r="O16" s="92"/>
     </row>
     <row r="17" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A17" s="92"/>
-      <c r="B17" s="111"/>
-[...11 lines deleted...]
-      <c r="N17" s="111"/>
+      <c r="B17" s="112"/>
+      <c r="C17" s="112"/>
+      <c r="D17" s="112"/>
+      <c r="E17" s="112"/>
+      <c r="F17" s="112"/>
+      <c r="G17" s="112"/>
+      <c r="H17" s="112"/>
+      <c r="I17" s="112"/>
+      <c r="J17" s="112"/>
+      <c r="K17" s="112"/>
+      <c r="L17" s="112"/>
+      <c r="M17" s="112"/>
+      <c r="N17" s="112"/>
       <c r="O17" s="92"/>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A18" s="92"/>
-      <c r="B18" s="111"/>
-[...11 lines deleted...]
-      <c r="N18" s="111"/>
+      <c r="B18" s="112"/>
+      <c r="C18" s="112"/>
+      <c r="D18" s="112"/>
+      <c r="E18" s="112"/>
+      <c r="F18" s="112"/>
+      <c r="G18" s="112"/>
+      <c r="H18" s="112"/>
+      <c r="I18" s="112"/>
+      <c r="J18" s="112"/>
+      <c r="K18" s="112"/>
+      <c r="L18" s="112"/>
+      <c r="M18" s="112"/>
+      <c r="N18" s="112"/>
       <c r="O18" s="92"/>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A19" s="92"/>
-      <c r="B19" s="111"/>
-[...11 lines deleted...]
-      <c r="N19" s="111"/>
+      <c r="B19" s="112"/>
+      <c r="C19" s="112"/>
+      <c r="D19" s="112"/>
+      <c r="E19" s="112"/>
+      <c r="F19" s="112"/>
+      <c r="G19" s="112"/>
+      <c r="H19" s="112"/>
+      <c r="I19" s="112"/>
+      <c r="J19" s="112"/>
+      <c r="K19" s="112"/>
+      <c r="L19" s="112"/>
+      <c r="M19" s="112"/>
+      <c r="N19" s="112"/>
       <c r="O19" s="92"/>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A20" s="92"/>
-      <c r="B20" s="111"/>
-[...11 lines deleted...]
-      <c r="N20" s="111"/>
+      <c r="B20" s="112"/>
+      <c r="C20" s="112"/>
+      <c r="D20" s="112"/>
+      <c r="E20" s="112"/>
+      <c r="F20" s="112"/>
+      <c r="G20" s="112"/>
+      <c r="H20" s="112"/>
+      <c r="I20" s="112"/>
+      <c r="J20" s="112"/>
+      <c r="K20" s="112"/>
+      <c r="L20" s="112"/>
+      <c r="M20" s="112"/>
+      <c r="N20" s="112"/>
       <c r="O20" s="92"/>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A21" s="92"/>
-      <c r="B21" s="111"/>
-[...11 lines deleted...]
-      <c r="N21" s="111"/>
+      <c r="B21" s="112"/>
+      <c r="C21" s="112"/>
+      <c r="D21" s="112"/>
+      <c r="E21" s="112"/>
+      <c r="F21" s="112"/>
+      <c r="G21" s="112"/>
+      <c r="H21" s="112"/>
+      <c r="I21" s="112"/>
+      <c r="J21" s="112"/>
+      <c r="K21" s="112"/>
+      <c r="L21" s="112"/>
+      <c r="M21" s="112"/>
+      <c r="N21" s="112"/>
       <c r="O21" s="92"/>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A22" s="92"/>
-      <c r="B22" s="111"/>
-[...11 lines deleted...]
-      <c r="N22" s="111"/>
+      <c r="B22" s="112"/>
+      <c r="C22" s="112"/>
+      <c r="D22" s="112"/>
+      <c r="E22" s="112"/>
+      <c r="F22" s="112"/>
+      <c r="G22" s="112"/>
+      <c r="H22" s="112"/>
+      <c r="I22" s="112"/>
+      <c r="J22" s="112"/>
+      <c r="K22" s="112"/>
+      <c r="L22" s="112"/>
+      <c r="M22" s="112"/>
+      <c r="N22" s="112"/>
       <c r="O22" s="92"/>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A23" s="92"/>
-      <c r="B23" s="111"/>
-[...11 lines deleted...]
-      <c r="N23" s="111"/>
+      <c r="B23" s="112"/>
+      <c r="C23" s="112"/>
+      <c r="D23" s="112"/>
+      <c r="E23" s="112"/>
+      <c r="F23" s="112"/>
+      <c r="G23" s="112"/>
+      <c r="H23" s="112"/>
+      <c r="I23" s="112"/>
+      <c r="J23" s="112"/>
+      <c r="K23" s="112"/>
+      <c r="L23" s="112"/>
+      <c r="M23" s="112"/>
+      <c r="N23" s="112"/>
       <c r="O23" s="92"/>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A24" s="92"/>
-      <c r="B24" s="111"/>
-[...11 lines deleted...]
-      <c r="N24" s="111"/>
+      <c r="B24" s="112"/>
+      <c r="C24" s="112"/>
+      <c r="D24" s="112"/>
+      <c r="E24" s="112"/>
+      <c r="F24" s="112"/>
+      <c r="G24" s="112"/>
+      <c r="H24" s="112"/>
+      <c r="I24" s="112"/>
+      <c r="J24" s="112"/>
+      <c r="K24" s="112"/>
+      <c r="L24" s="112"/>
+      <c r="M24" s="112"/>
+      <c r="N24" s="112"/>
       <c r="O24" s="92"/>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A25" s="92"/>
-      <c r="B25" s="111"/>
-[...11 lines deleted...]
-      <c r="N25" s="111"/>
+      <c r="B25" s="112"/>
+      <c r="C25" s="112"/>
+      <c r="D25" s="112"/>
+      <c r="E25" s="112"/>
+      <c r="F25" s="112"/>
+      <c r="G25" s="112"/>
+      <c r="H25" s="112"/>
+      <c r="I25" s="112"/>
+      <c r="J25" s="112"/>
+      <c r="K25" s="112"/>
+      <c r="L25" s="112"/>
+      <c r="M25" s="112"/>
+      <c r="N25" s="112"/>
       <c r="O25" s="92"/>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A26" s="92"/>
-      <c r="B26" s="111"/>
-[...11 lines deleted...]
-      <c r="N26" s="111"/>
+      <c r="B26" s="112"/>
+      <c r="C26" s="112"/>
+      <c r="D26" s="112"/>
+      <c r="E26" s="112"/>
+      <c r="F26" s="112"/>
+      <c r="G26" s="112"/>
+      <c r="H26" s="112"/>
+      <c r="I26" s="112"/>
+      <c r="J26" s="112"/>
+      <c r="K26" s="112"/>
+      <c r="L26" s="112"/>
+      <c r="M26" s="112"/>
+      <c r="N26" s="112"/>
       <c r="O26" s="92"/>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A27" s="92"/>
-      <c r="B27" s="111"/>
-[...11 lines deleted...]
-      <c r="N27" s="111"/>
+      <c r="B27" s="112"/>
+      <c r="C27" s="112"/>
+      <c r="D27" s="112"/>
+      <c r="E27" s="112"/>
+      <c r="F27" s="112"/>
+      <c r="G27" s="112"/>
+      <c r="H27" s="112"/>
+      <c r="I27" s="112"/>
+      <c r="J27" s="112"/>
+      <c r="K27" s="112"/>
+      <c r="L27" s="112"/>
+      <c r="M27" s="112"/>
+      <c r="N27" s="112"/>
       <c r="O27" s="92"/>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A28" s="92"/>
       <c r="O28" s="92"/>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A29" s="92"/>
-      <c r="B29" s="108" t="s">
+      <c r="B29" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="C29" s="108"/>
-[...10 lines deleted...]
-      <c r="N29" s="108"/>
+      <c r="C29" s="109"/>
+      <c r="D29" s="109"/>
+      <c r="E29" s="109"/>
+      <c r="F29" s="109"/>
+      <c r="G29" s="109"/>
+      <c r="H29" s="109"/>
+      <c r="I29" s="109"/>
+      <c r="J29" s="109"/>
+      <c r="K29" s="109"/>
+      <c r="L29" s="109"/>
+      <c r="M29" s="109"/>
+      <c r="N29" s="109"/>
       <c r="O29" s="92"/>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A30" s="92"/>
-      <c r="B30" s="108"/>
-[...11 lines deleted...]
-      <c r="N30" s="108"/>
+      <c r="B30" s="109"/>
+      <c r="C30" s="109"/>
+      <c r="D30" s="109"/>
+      <c r="E30" s="109"/>
+      <c r="F30" s="109"/>
+      <c r="G30" s="109"/>
+      <c r="H30" s="109"/>
+      <c r="I30" s="109"/>
+      <c r="J30" s="109"/>
+      <c r="K30" s="109"/>
+      <c r="L30" s="109"/>
+      <c r="M30" s="109"/>
+      <c r="N30" s="109"/>
       <c r="O30" s="92"/>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A31" s="92"/>
-      <c r="B31" s="108"/>
-[...11 lines deleted...]
-      <c r="N31" s="108"/>
+      <c r="B31" s="109"/>
+      <c r="C31" s="109"/>
+      <c r="D31" s="109"/>
+      <c r="E31" s="109"/>
+      <c r="F31" s="109"/>
+      <c r="G31" s="109"/>
+      <c r="H31" s="109"/>
+      <c r="I31" s="109"/>
+      <c r="J31" s="109"/>
+      <c r="K31" s="109"/>
+      <c r="L31" s="109"/>
+      <c r="M31" s="109"/>
+      <c r="N31" s="109"/>
       <c r="O31" s="92"/>
     </row>
     <row r="32" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A32" s="92"/>
-      <c r="B32" s="108"/>
-[...11 lines deleted...]
-      <c r="N32" s="108"/>
+      <c r="B32" s="109"/>
+      <c r="C32" s="109"/>
+      <c r="D32" s="109"/>
+      <c r="E32" s="109"/>
+      <c r="F32" s="109"/>
+      <c r="G32" s="109"/>
+      <c r="H32" s="109"/>
+      <c r="I32" s="109"/>
+      <c r="J32" s="109"/>
+      <c r="K32" s="109"/>
+      <c r="L32" s="109"/>
+      <c r="M32" s="109"/>
+      <c r="N32" s="109"/>
       <c r="O32" s="92"/>
     </row>
     <row r="33" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A33" s="92"/>
-      <c r="B33" s="108"/>
-[...11 lines deleted...]
-      <c r="N33" s="108"/>
+      <c r="B33" s="109"/>
+      <c r="C33" s="109"/>
+      <c r="D33" s="109"/>
+      <c r="E33" s="109"/>
+      <c r="F33" s="109"/>
+      <c r="G33" s="109"/>
+      <c r="H33" s="109"/>
+      <c r="I33" s="109"/>
+      <c r="J33" s="109"/>
+      <c r="K33" s="109"/>
+      <c r="L33" s="109"/>
+      <c r="M33" s="109"/>
+      <c r="N33" s="109"/>
       <c r="O33" s="92"/>
     </row>
     <row r="34" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A34" s="92"/>
-      <c r="B34" s="108"/>
-[...11 lines deleted...]
-      <c r="N34" s="108"/>
+      <c r="B34" s="109"/>
+      <c r="C34" s="109"/>
+      <c r="D34" s="109"/>
+      <c r="E34" s="109"/>
+      <c r="F34" s="109"/>
+      <c r="G34" s="109"/>
+      <c r="H34" s="109"/>
+      <c r="I34" s="109"/>
+      <c r="J34" s="109"/>
+      <c r="K34" s="109"/>
+      <c r="L34" s="109"/>
+      <c r="M34" s="109"/>
+      <c r="N34" s="109"/>
       <c r="O34" s="92"/>
     </row>
     <row r="35" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A35" s="92"/>
-      <c r="B35" s="108"/>
-[...11 lines deleted...]
-      <c r="N35" s="108"/>
+      <c r="B35" s="109"/>
+      <c r="C35" s="109"/>
+      <c r="D35" s="109"/>
+      <c r="E35" s="109"/>
+      <c r="F35" s="109"/>
+      <c r="G35" s="109"/>
+      <c r="H35" s="109"/>
+      <c r="I35" s="109"/>
+      <c r="J35" s="109"/>
+      <c r="K35" s="109"/>
+      <c r="L35" s="109"/>
+      <c r="M35" s="109"/>
+      <c r="N35" s="109"/>
       <c r="O35" s="92"/>
     </row>
     <row r="36" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A36" s="92"/>
-      <c r="B36" s="108"/>
-[...11 lines deleted...]
-      <c r="N36" s="108"/>
+      <c r="B36" s="109"/>
+      <c r="C36" s="109"/>
+      <c r="D36" s="109"/>
+      <c r="E36" s="109"/>
+      <c r="F36" s="109"/>
+      <c r="G36" s="109"/>
+      <c r="H36" s="109"/>
+      <c r="I36" s="109"/>
+      <c r="J36" s="109"/>
+      <c r="K36" s="109"/>
+      <c r="L36" s="109"/>
+      <c r="M36" s="109"/>
+      <c r="N36" s="109"/>
       <c r="O36" s="92"/>
     </row>
     <row r="37" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A37" s="92"/>
-      <c r="B37" s="108"/>
-[...11 lines deleted...]
-      <c r="N37" s="108"/>
+      <c r="B37" s="109"/>
+      <c r="C37" s="109"/>
+      <c r="D37" s="109"/>
+      <c r="E37" s="109"/>
+      <c r="F37" s="109"/>
+      <c r="G37" s="109"/>
+      <c r="H37" s="109"/>
+      <c r="I37" s="109"/>
+      <c r="J37" s="109"/>
+      <c r="K37" s="109"/>
+      <c r="L37" s="109"/>
+      <c r="M37" s="109"/>
+      <c r="N37" s="109"/>
       <c r="O37" s="92"/>
     </row>
     <row r="38" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="92"/>
-      <c r="B38" s="108"/>
-[...11 lines deleted...]
-      <c r="N38" s="108"/>
+      <c r="B38" s="109"/>
+      <c r="C38" s="109"/>
+      <c r="D38" s="109"/>
+      <c r="E38" s="109"/>
+      <c r="F38" s="109"/>
+      <c r="G38" s="109"/>
+      <c r="H38" s="109"/>
+      <c r="I38" s="109"/>
+      <c r="J38" s="109"/>
+      <c r="K38" s="109"/>
+      <c r="L38" s="109"/>
+      <c r="M38" s="109"/>
+      <c r="N38" s="109"/>
       <c r="O38" s="92"/>
     </row>
     <row r="39" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="92"/>
-      <c r="B39" s="108"/>
-[...11 lines deleted...]
-      <c r="N39" s="108"/>
+      <c r="B39" s="109"/>
+      <c r="C39" s="109"/>
+      <c r="D39" s="109"/>
+      <c r="E39" s="109"/>
+      <c r="F39" s="109"/>
+      <c r="G39" s="109"/>
+      <c r="H39" s="109"/>
+      <c r="I39" s="109"/>
+      <c r="J39" s="109"/>
+      <c r="K39" s="109"/>
+      <c r="L39" s="109"/>
+      <c r="M39" s="109"/>
+      <c r="N39" s="109"/>
       <c r="O39" s="92"/>
     </row>
     <row r="40" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A40" s="92"/>
-      <c r="B40" s="108"/>
-[...11 lines deleted...]
-      <c r="N40" s="108"/>
+      <c r="B40" s="109"/>
+      <c r="C40" s="109"/>
+      <c r="D40" s="109"/>
+      <c r="E40" s="109"/>
+      <c r="F40" s="109"/>
+      <c r="G40" s="109"/>
+      <c r="H40" s="109"/>
+      <c r="I40" s="109"/>
+      <c r="J40" s="109"/>
+      <c r="K40" s="109"/>
+      <c r="L40" s="109"/>
+      <c r="M40" s="109"/>
+      <c r="N40" s="109"/>
       <c r="O40" s="92"/>
     </row>
     <row r="41" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A41" s="92"/>
       <c r="O41" s="92"/>
     </row>
     <row r="42" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A42" s="92"/>
-      <c r="B42" s="106" t="s">
+      <c r="B42" s="107" t="s">
         <v>4</v>
       </c>
-      <c r="C42" s="106"/>
-[...5 lines deleted...]
-      <c r="I42" s="107">
+      <c r="C42" s="107"/>
+      <c r="D42" s="107"/>
+      <c r="E42" s="107"/>
+      <c r="F42" s="107"/>
+      <c r="G42" s="107"/>
+      <c r="H42" s="107"/>
+      <c r="I42" s="108">
         <v>2025</v>
       </c>
-      <c r="J42" s="107"/>
-[...3 lines deleted...]
-      <c r="N42" s="107"/>
+      <c r="J42" s="108"/>
+      <c r="K42" s="108"/>
+      <c r="L42" s="108"/>
+      <c r="M42" s="108"/>
+      <c r="N42" s="108"/>
       <c r="O42" s="92"/>
     </row>
     <row r="43" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A43" s="92"/>
-      <c r="B43" s="106"/>
-[...11 lines deleted...]
-      <c r="N43" s="107"/>
+      <c r="B43" s="107"/>
+      <c r="C43" s="107"/>
+      <c r="D43" s="107"/>
+      <c r="E43" s="107"/>
+      <c r="F43" s="107"/>
+      <c r="G43" s="107"/>
+      <c r="H43" s="107"/>
+      <c r="I43" s="108"/>
+      <c r="J43" s="108"/>
+      <c r="K43" s="108"/>
+      <c r="L43" s="108"/>
+      <c r="M43" s="108"/>
+      <c r="N43" s="108"/>
       <c r="O43" s="92"/>
     </row>
     <row r="44" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A44" s="92"/>
-      <c r="B44" s="106"/>
-[...11 lines deleted...]
-      <c r="N44" s="107"/>
+      <c r="B44" s="107"/>
+      <c r="C44" s="107"/>
+      <c r="D44" s="107"/>
+      <c r="E44" s="107"/>
+      <c r="F44" s="107"/>
+      <c r="G44" s="107"/>
+      <c r="H44" s="107"/>
+      <c r="I44" s="108"/>
+      <c r="J44" s="108"/>
+      <c r="K44" s="108"/>
+      <c r="L44" s="108"/>
+      <c r="M44" s="108"/>
+      <c r="N44" s="108"/>
       <c r="O44" s="92"/>
     </row>
     <row r="45" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A45" s="92"/>
-      <c r="B45" s="106"/>
-[...11 lines deleted...]
-      <c r="N45" s="107"/>
+      <c r="B45" s="107"/>
+      <c r="C45" s="107"/>
+      <c r="D45" s="107"/>
+      <c r="E45" s="107"/>
+      <c r="F45" s="107"/>
+      <c r="G45" s="107"/>
+      <c r="H45" s="107"/>
+      <c r="I45" s="108"/>
+      <c r="J45" s="108"/>
+      <c r="K45" s="108"/>
+      <c r="L45" s="108"/>
+      <c r="M45" s="108"/>
+      <c r="N45" s="108"/>
       <c r="O45" s="92"/>
     </row>
     <row r="46" spans="1:15" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="92"/>
       <c r="B46" s="1"/>
       <c r="C46" s="1"/>
       <c r="D46" s="1"/>
       <c r="E46" s="1"/>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
       <c r="I46" s="2"/>
       <c r="J46" s="2"/>
       <c r="K46" s="2"/>
       <c r="L46" s="2"/>
       <c r="M46" s="2"/>
       <c r="N46" s="2"/>
       <c r="O46" s="92"/>
     </row>
     <row r="47" spans="1:15" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="92"/>
       <c r="B47" s="92"/>
       <c r="C47" s="92"/>
       <c r="D47" s="92"/>
       <c r="E47" s="92"/>
@@ -6053,96 +6056,96 @@
     <mergeCell ref="B16:N27"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F18D7D06-FFE8-4647-9A8D-A3CBC1A4B932}">
   <sheetPr codeName="Feuil9"/>
   <dimension ref="A1:E52"/>
   <sheetViews>
     <sheetView view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A42" sqref="A42:E42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="15.7109375" customWidth="1"/>
     <col min="3" max="3" width="18.42578125" customWidth="1"/>
     <col min="4" max="4" width="22.42578125" customWidth="1"/>
     <col min="5" max="5" width="13.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
-      <c r="A1" s="158" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="158"/>
+      <c r="A1" s="159" t="s">
+        <v>77</v>
+      </c>
+      <c r="B1" s="159"/>
+      <c r="C1" s="159"/>
+      <c r="D1" s="159"/>
+      <c r="E1" s="159"/>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A3" s="66" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="B3" s="66"/>
       <c r="C3" s="66"/>
       <c r="D3" s="66"/>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A4" s="66"/>
       <c r="B4" s="66"/>
       <c r="C4" s="66"/>
       <c r="D4" s="66"/>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="49" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B6" s="49"/>
       <c r="C6" s="49"/>
       <c r="D6" s="49"/>
       <c r="E6" s="49"/>
     </row>
     <row r="8" spans="1:5" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="50" t="s">
+        <v>79</v>
+      </c>
+      <c r="B8" s="50" t="s">
         <v>80</v>
       </c>
-      <c r="B8" s="50" t="s">
+      <c r="C8" s="50" t="s">
         <v>81</v>
       </c>
-      <c r="C8" s="50" t="s">
+      <c r="D8" s="50" t="s">
         <v>82</v>
       </c>
-      <c r="D8" s="50" t="s">
+      <c r="E8" s="50" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="52">
         <v>2024</v>
       </c>
       <c r="B9" s="51">
         <v>8</v>
       </c>
       <c r="C9" s="51">
         <v>2</v>
       </c>
       <c r="D9" s="51">
         <v>0</v>
       </c>
       <c r="E9" s="53">
         <f>C9/B9</f>
         <v>0.25</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="52">
         <v>2025</v>
       </c>
       <c r="B10" s="51">
@@ -6164,73 +6167,73 @@
       </c>
       <c r="B11" s="51"/>
       <c r="C11" s="51"/>
       <c r="D11" s="51"/>
       <c r="E11" s="51"/>
     </row>
     <row r="12" spans="1:5" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="52">
         <v>2027</v>
       </c>
       <c r="B12" s="51"/>
       <c r="C12" s="51"/>
       <c r="D12" s="51"/>
       <c r="E12" s="51"/>
     </row>
     <row r="13" spans="1:5" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="52">
         <v>2028</v>
       </c>
       <c r="B13" s="51"/>
       <c r="C13" s="51"/>
       <c r="D13" s="51"/>
       <c r="E13" s="51"/>
     </row>
     <row r="42" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
-      <c r="A42" s="158" t="s">
-[...5 lines deleted...]
-      <c r="E42" s="158"/>
+      <c r="A42" s="159" t="s">
+        <v>77</v>
+      </c>
+      <c r="B42" s="159"/>
+      <c r="C42" s="159"/>
+      <c r="D42" s="159"/>
+      <c r="E42" s="159"/>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="49" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="B45" s="49"/>
       <c r="C45" s="49"/>
       <c r="D45" s="49"/>
       <c r="E45" s="49"/>
     </row>
     <row r="47" spans="1:5" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="50" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B47" s="50" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="C47" s="50" t="s">
         <v>46</v>
       </c>
       <c r="D47" s="54"/>
       <c r="E47" s="55"/>
     </row>
     <row r="48" spans="1:5" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="52">
         <v>2024</v>
       </c>
       <c r="B48" s="59">
         <v>2255</v>
       </c>
       <c r="C48" s="59">
         <v>3000</v>
       </c>
       <c r="D48" s="57"/>
       <c r="E48" s="56"/>
     </row>
     <row r="49" spans="1:5" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="52">
         <v>2025</v>
       </c>
       <c r="B49" s="59">
@@ -6339,51 +6342,51 @@
       <c r="B3" s="42" t="s">
         <v>28</v>
       </c>
       <c r="C3" s="42" t="s">
         <v>61</v>
       </c>
       <c r="D3" s="42" t="s">
         <v>66</v>
       </c>
       <c r="E3" s="42" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A4" s="42"/>
       <c r="B4" s="42" t="s">
         <v>57</v>
       </c>
       <c r="C4" s="42" t="s">
         <v>63</v>
       </c>
       <c r="D4" s="42" t="s">
         <v>68</v>
       </c>
       <c r="E4" s="42" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A5" s="42"/>
       <c r="B5" s="42" t="s">
         <v>58</v>
       </c>
       <c r="C5" s="42" t="s">
         <v>62</v>
       </c>
       <c r="D5" s="42" t="s">
         <v>69</v>
       </c>
       <c r="E5" s="42"/>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="42"/>
       <c r="B6" s="42" t="s">
         <v>59</v>
       </c>
       <c r="C6" s="42"/>
       <c r="D6" s="42" t="s">
         <v>70</v>
       </c>
       <c r="E6" s="42"/>
@@ -6410,1673 +6413,1673 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;K00-033COMMUNE DE ..........................&amp;C&amp;K00-032PAPRIPACT</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9791BD5F-6D76-4BFF-B161-C2590571BE0E}">
   <sheetPr codeName="Feuil4"/>
   <dimension ref="A1:G60"/>
   <sheetViews>
     <sheetView view="pageLayout" zoomScale="55" zoomScaleNormal="130" zoomScalePageLayoutView="55" workbookViewId="0">
       <selection sqref="A1:G60"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="6" width="11.42578125" style="70"/>
     <col min="7" max="7" width="16.7109375" style="70" customWidth="1"/>
     <col min="8" max="16384" width="11.42578125" style="70"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A1" s="112" t="e" vm="1">
+      <c r="A1" s="113" t="e" vm="1">
         <v>#VALUE!</v>
       </c>
-      <c r="B1" s="112"/>
-[...4 lines deleted...]
-      <c r="G1" s="112"/>
+      <c r="B1" s="113"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
+      <c r="F1" s="113"/>
+      <c r="G1" s="113"/>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A2" s="112"/>
-[...5 lines deleted...]
-      <c r="G2" s="112"/>
+      <c r="A2" s="113"/>
+      <c r="B2" s="113"/>
+      <c r="C2" s="113"/>
+      <c r="D2" s="113"/>
+      <c r="E2" s="113"/>
+      <c r="F2" s="113"/>
+      <c r="G2" s="113"/>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A3" s="112"/>
-[...5 lines deleted...]
-      <c r="G3" s="112"/>
+      <c r="A3" s="113"/>
+      <c r="B3" s="113"/>
+      <c r="C3" s="113"/>
+      <c r="D3" s="113"/>
+      <c r="E3" s="113"/>
+      <c r="F3" s="113"/>
+      <c r="G3" s="113"/>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A4" s="112"/>
-[...5 lines deleted...]
-      <c r="G4" s="112"/>
+      <c r="A4" s="113"/>
+      <c r="B4" s="113"/>
+      <c r="C4" s="113"/>
+      <c r="D4" s="113"/>
+      <c r="E4" s="113"/>
+      <c r="F4" s="113"/>
+      <c r="G4" s="113"/>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A5" s="112"/>
-[...5 lines deleted...]
-      <c r="G5" s="112"/>
+      <c r="A5" s="113"/>
+      <c r="B5" s="113"/>
+      <c r="C5" s="113"/>
+      <c r="D5" s="113"/>
+      <c r="E5" s="113"/>
+      <c r="F5" s="113"/>
+      <c r="G5" s="113"/>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A6" s="112"/>
-[...5 lines deleted...]
-      <c r="G6" s="112"/>
+      <c r="A6" s="113"/>
+      <c r="B6" s="113"/>
+      <c r="C6" s="113"/>
+      <c r="D6" s="113"/>
+      <c r="E6" s="113"/>
+      <c r="F6" s="113"/>
+      <c r="G6" s="113"/>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A7" s="112"/>
-[...5 lines deleted...]
-      <c r="G7" s="112"/>
+      <c r="A7" s="113"/>
+      <c r="B7" s="113"/>
+      <c r="C7" s="113"/>
+      <c r="D7" s="113"/>
+      <c r="E7" s="113"/>
+      <c r="F7" s="113"/>
+      <c r="G7" s="113"/>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A8" s="112"/>
-[...5 lines deleted...]
-      <c r="G8" s="112"/>
+      <c r="A8" s="113"/>
+      <c r="B8" s="113"/>
+      <c r="C8" s="113"/>
+      <c r="D8" s="113"/>
+      <c r="E8" s="113"/>
+      <c r="F8" s="113"/>
+      <c r="G8" s="113"/>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A9" s="112"/>
-[...5 lines deleted...]
-      <c r="G9" s="112"/>
+      <c r="A9" s="113"/>
+      <c r="B9" s="113"/>
+      <c r="C9" s="113"/>
+      <c r="D9" s="113"/>
+      <c r="E9" s="113"/>
+      <c r="F9" s="113"/>
+      <c r="G9" s="113"/>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A10" s="112"/>
-[...5 lines deleted...]
-      <c r="G10" s="112"/>
+      <c r="A10" s="113"/>
+      <c r="B10" s="113"/>
+      <c r="C10" s="113"/>
+      <c r="D10" s="113"/>
+      <c r="E10" s="113"/>
+      <c r="F10" s="113"/>
+      <c r="G10" s="113"/>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A11" s="112"/>
-[...5 lines deleted...]
-      <c r="G11" s="112"/>
+      <c r="A11" s="113"/>
+      <c r="B11" s="113"/>
+      <c r="C11" s="113"/>
+      <c r="D11" s="113"/>
+      <c r="E11" s="113"/>
+      <c r="F11" s="113"/>
+      <c r="G11" s="113"/>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A12" s="112"/>
-[...5 lines deleted...]
-      <c r="G12" s="112"/>
+      <c r="A12" s="113"/>
+      <c r="B12" s="113"/>
+      <c r="C12" s="113"/>
+      <c r="D12" s="113"/>
+      <c r="E12" s="113"/>
+      <c r="F12" s="113"/>
+      <c r="G12" s="113"/>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A13" s="112"/>
-[...5 lines deleted...]
-      <c r="G13" s="112"/>
+      <c r="A13" s="113"/>
+      <c r="B13" s="113"/>
+      <c r="C13" s="113"/>
+      <c r="D13" s="113"/>
+      <c r="E13" s="113"/>
+      <c r="F13" s="113"/>
+      <c r="G13" s="113"/>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A14" s="112"/>
-[...5 lines deleted...]
-      <c r="G14" s="112"/>
+      <c r="A14" s="113"/>
+      <c r="B14" s="113"/>
+      <c r="C14" s="113"/>
+      <c r="D14" s="113"/>
+      <c r="E14" s="113"/>
+      <c r="F14" s="113"/>
+      <c r="G14" s="113"/>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A15" s="112"/>
-[...5 lines deleted...]
-      <c r="G15" s="112"/>
+      <c r="A15" s="113"/>
+      <c r="B15" s="113"/>
+      <c r="C15" s="113"/>
+      <c r="D15" s="113"/>
+      <c r="E15" s="113"/>
+      <c r="F15" s="113"/>
+      <c r="G15" s="113"/>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A16" s="112"/>
-[...5 lines deleted...]
-      <c r="G16" s="112"/>
+      <c r="A16" s="113"/>
+      <c r="B16" s="113"/>
+      <c r="C16" s="113"/>
+      <c r="D16" s="113"/>
+      <c r="E16" s="113"/>
+      <c r="F16" s="113"/>
+      <c r="G16" s="113"/>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A17" s="112"/>
-[...5 lines deleted...]
-      <c r="G17" s="112"/>
+      <c r="A17" s="113"/>
+      <c r="B17" s="113"/>
+      <c r="C17" s="113"/>
+      <c r="D17" s="113"/>
+      <c r="E17" s="113"/>
+      <c r="F17" s="113"/>
+      <c r="G17" s="113"/>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A18" s="112"/>
-[...5 lines deleted...]
-      <c r="G18" s="112"/>
+      <c r="A18" s="113"/>
+      <c r="B18" s="113"/>
+      <c r="C18" s="113"/>
+      <c r="D18" s="113"/>
+      <c r="E18" s="113"/>
+      <c r="F18" s="113"/>
+      <c r="G18" s="113"/>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A19" s="112"/>
-[...5 lines deleted...]
-      <c r="G19" s="112"/>
+      <c r="A19" s="113"/>
+      <c r="B19" s="113"/>
+      <c r="C19" s="113"/>
+      <c r="D19" s="113"/>
+      <c r="E19" s="113"/>
+      <c r="F19" s="113"/>
+      <c r="G19" s="113"/>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A20" s="112"/>
-[...5 lines deleted...]
-      <c r="G20" s="112"/>
+      <c r="A20" s="113"/>
+      <c r="B20" s="113"/>
+      <c r="C20" s="113"/>
+      <c r="D20" s="113"/>
+      <c r="E20" s="113"/>
+      <c r="F20" s="113"/>
+      <c r="G20" s="113"/>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A21" s="112"/>
-[...5 lines deleted...]
-      <c r="G21" s="112"/>
+      <c r="A21" s="113"/>
+      <c r="B21" s="113"/>
+      <c r="C21" s="113"/>
+      <c r="D21" s="113"/>
+      <c r="E21" s="113"/>
+      <c r="F21" s="113"/>
+      <c r="G21" s="113"/>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A22" s="112"/>
-[...5 lines deleted...]
-      <c r="G22" s="112"/>
+      <c r="A22" s="113"/>
+      <c r="B22" s="113"/>
+      <c r="C22" s="113"/>
+      <c r="D22" s="113"/>
+      <c r="E22" s="113"/>
+      <c r="F22" s="113"/>
+      <c r="G22" s="113"/>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A23" s="112"/>
-[...5 lines deleted...]
-      <c r="G23" s="112"/>
+      <c r="A23" s="113"/>
+      <c r="B23" s="113"/>
+      <c r="C23" s="113"/>
+      <c r="D23" s="113"/>
+      <c r="E23" s="113"/>
+      <c r="F23" s="113"/>
+      <c r="G23" s="113"/>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A24" s="112"/>
-[...5 lines deleted...]
-      <c r="G24" s="112"/>
+      <c r="A24" s="113"/>
+      <c r="B24" s="113"/>
+      <c r="C24" s="113"/>
+      <c r="D24" s="113"/>
+      <c r="E24" s="113"/>
+      <c r="F24" s="113"/>
+      <c r="G24" s="113"/>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A25" s="112"/>
-[...5 lines deleted...]
-      <c r="G25" s="112"/>
+      <c r="A25" s="113"/>
+      <c r="B25" s="113"/>
+      <c r="C25" s="113"/>
+      <c r="D25" s="113"/>
+      <c r="E25" s="113"/>
+      <c r="F25" s="113"/>
+      <c r="G25" s="113"/>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A26" s="112"/>
-[...5 lines deleted...]
-      <c r="G26" s="112"/>
+      <c r="A26" s="113"/>
+      <c r="B26" s="113"/>
+      <c r="C26" s="113"/>
+      <c r="D26" s="113"/>
+      <c r="E26" s="113"/>
+      <c r="F26" s="113"/>
+      <c r="G26" s="113"/>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A27" s="112"/>
-[...5 lines deleted...]
-      <c r="G27" s="112"/>
+      <c r="A27" s="113"/>
+      <c r="B27" s="113"/>
+      <c r="C27" s="113"/>
+      <c r="D27" s="113"/>
+      <c r="E27" s="113"/>
+      <c r="F27" s="113"/>
+      <c r="G27" s="113"/>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A28" s="112"/>
-[...5 lines deleted...]
-      <c r="G28" s="112"/>
+      <c r="A28" s="113"/>
+      <c r="B28" s="113"/>
+      <c r="C28" s="113"/>
+      <c r="D28" s="113"/>
+      <c r="E28" s="113"/>
+      <c r="F28" s="113"/>
+      <c r="G28" s="113"/>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A29" s="112"/>
-[...5 lines deleted...]
-      <c r="G29" s="112"/>
+      <c r="A29" s="113"/>
+      <c r="B29" s="113"/>
+      <c r="C29" s="113"/>
+      <c r="D29" s="113"/>
+      <c r="E29" s="113"/>
+      <c r="F29" s="113"/>
+      <c r="G29" s="113"/>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A30" s="112"/>
-[...5 lines deleted...]
-      <c r="G30" s="112"/>
+      <c r="A30" s="113"/>
+      <c r="B30" s="113"/>
+      <c r="C30" s="113"/>
+      <c r="D30" s="113"/>
+      <c r="E30" s="113"/>
+      <c r="F30" s="113"/>
+      <c r="G30" s="113"/>
     </row>
     <row r="31" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A31" s="112"/>
-[...5 lines deleted...]
-      <c r="G31" s="112"/>
+      <c r="A31" s="113"/>
+      <c r="B31" s="113"/>
+      <c r="C31" s="113"/>
+      <c r="D31" s="113"/>
+      <c r="E31" s="113"/>
+      <c r="F31" s="113"/>
+      <c r="G31" s="113"/>
     </row>
     <row r="32" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A32" s="112"/>
-[...5 lines deleted...]
-      <c r="G32" s="112"/>
+      <c r="A32" s="113"/>
+      <c r="B32" s="113"/>
+      <c r="C32" s="113"/>
+      <c r="D32" s="113"/>
+      <c r="E32" s="113"/>
+      <c r="F32" s="113"/>
+      <c r="G32" s="113"/>
     </row>
     <row r="33" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A33" s="112"/>
-[...5 lines deleted...]
-      <c r="G33" s="112"/>
+      <c r="A33" s="113"/>
+      <c r="B33" s="113"/>
+      <c r="C33" s="113"/>
+      <c r="D33" s="113"/>
+      <c r="E33" s="113"/>
+      <c r="F33" s="113"/>
+      <c r="G33" s="113"/>
     </row>
     <row r="34" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A34" s="112"/>
-[...5 lines deleted...]
-      <c r="G34" s="112"/>
+      <c r="A34" s="113"/>
+      <c r="B34" s="113"/>
+      <c r="C34" s="113"/>
+      <c r="D34" s="113"/>
+      <c r="E34" s="113"/>
+      <c r="F34" s="113"/>
+      <c r="G34" s="113"/>
     </row>
     <row r="35" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A35" s="112"/>
-[...5 lines deleted...]
-      <c r="G35" s="112"/>
+      <c r="A35" s="113"/>
+      <c r="B35" s="113"/>
+      <c r="C35" s="113"/>
+      <c r="D35" s="113"/>
+      <c r="E35" s="113"/>
+      <c r="F35" s="113"/>
+      <c r="G35" s="113"/>
     </row>
     <row r="36" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A36" s="112"/>
-[...5 lines deleted...]
-      <c r="G36" s="112"/>
+      <c r="A36" s="113"/>
+      <c r="B36" s="113"/>
+      <c r="C36" s="113"/>
+      <c r="D36" s="113"/>
+      <c r="E36" s="113"/>
+      <c r="F36" s="113"/>
+      <c r="G36" s="113"/>
     </row>
     <row r="37" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A37" s="112"/>
-[...5 lines deleted...]
-      <c r="G37" s="112"/>
+      <c r="A37" s="113"/>
+      <c r="B37" s="113"/>
+      <c r="C37" s="113"/>
+      <c r="D37" s="113"/>
+      <c r="E37" s="113"/>
+      <c r="F37" s="113"/>
+      <c r="G37" s="113"/>
     </row>
     <row r="38" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A38" s="112"/>
-[...5 lines deleted...]
-      <c r="G38" s="112"/>
+      <c r="A38" s="113"/>
+      <c r="B38" s="113"/>
+      <c r="C38" s="113"/>
+      <c r="D38" s="113"/>
+      <c r="E38" s="113"/>
+      <c r="F38" s="113"/>
+      <c r="G38" s="113"/>
     </row>
     <row r="39" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A39" s="112"/>
-[...5 lines deleted...]
-      <c r="G39" s="112"/>
+      <c r="A39" s="113"/>
+      <c r="B39" s="113"/>
+      <c r="C39" s="113"/>
+      <c r="D39" s="113"/>
+      <c r="E39" s="113"/>
+      <c r="F39" s="113"/>
+      <c r="G39" s="113"/>
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A40" s="112"/>
-[...5 lines deleted...]
-      <c r="G40" s="112"/>
+      <c r="A40" s="113"/>
+      <c r="B40" s="113"/>
+      <c r="C40" s="113"/>
+      <c r="D40" s="113"/>
+      <c r="E40" s="113"/>
+      <c r="F40" s="113"/>
+      <c r="G40" s="113"/>
     </row>
     <row r="41" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A41" s="112"/>
-[...5 lines deleted...]
-      <c r="G41" s="112"/>
+      <c r="A41" s="113"/>
+      <c r="B41" s="113"/>
+      <c r="C41" s="113"/>
+      <c r="D41" s="113"/>
+      <c r="E41" s="113"/>
+      <c r="F41" s="113"/>
+      <c r="G41" s="113"/>
     </row>
     <row r="42" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A42" s="112"/>
-[...5 lines deleted...]
-      <c r="G42" s="112"/>
+      <c r="A42" s="113"/>
+      <c r="B42" s="113"/>
+      <c r="C42" s="113"/>
+      <c r="D42" s="113"/>
+      <c r="E42" s="113"/>
+      <c r="F42" s="113"/>
+      <c r="G42" s="113"/>
     </row>
     <row r="43" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A43" s="112"/>
-[...5 lines deleted...]
-      <c r="G43" s="112"/>
+      <c r="A43" s="113"/>
+      <c r="B43" s="113"/>
+      <c r="C43" s="113"/>
+      <c r="D43" s="113"/>
+      <c r="E43" s="113"/>
+      <c r="F43" s="113"/>
+      <c r="G43" s="113"/>
     </row>
     <row r="44" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A44" s="112"/>
-[...5 lines deleted...]
-      <c r="G44" s="112"/>
+      <c r="A44" s="113"/>
+      <c r="B44" s="113"/>
+      <c r="C44" s="113"/>
+      <c r="D44" s="113"/>
+      <c r="E44" s="113"/>
+      <c r="F44" s="113"/>
+      <c r="G44" s="113"/>
     </row>
     <row r="45" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A45" s="112"/>
-[...5 lines deleted...]
-      <c r="G45" s="112"/>
+      <c r="A45" s="113"/>
+      <c r="B45" s="113"/>
+      <c r="C45" s="113"/>
+      <c r="D45" s="113"/>
+      <c r="E45" s="113"/>
+      <c r="F45" s="113"/>
+      <c r="G45" s="113"/>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A46" s="112"/>
-[...5 lines deleted...]
-      <c r="G46" s="112"/>
+      <c r="A46" s="113"/>
+      <c r="B46" s="113"/>
+      <c r="C46" s="113"/>
+      <c r="D46" s="113"/>
+      <c r="E46" s="113"/>
+      <c r="F46" s="113"/>
+      <c r="G46" s="113"/>
     </row>
     <row r="47" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A47" s="112"/>
-[...5 lines deleted...]
-      <c r="G47" s="112"/>
+      <c r="A47" s="113"/>
+      <c r="B47" s="113"/>
+      <c r="C47" s="113"/>
+      <c r="D47" s="113"/>
+      <c r="E47" s="113"/>
+      <c r="F47" s="113"/>
+      <c r="G47" s="113"/>
     </row>
     <row r="48" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A48" s="112"/>
-[...5 lines deleted...]
-      <c r="G48" s="112"/>
+      <c r="A48" s="113"/>
+      <c r="B48" s="113"/>
+      <c r="C48" s="113"/>
+      <c r="D48" s="113"/>
+      <c r="E48" s="113"/>
+      <c r="F48" s="113"/>
+      <c r="G48" s="113"/>
     </row>
     <row r="49" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A49" s="112"/>
-[...5 lines deleted...]
-      <c r="G49" s="112"/>
+      <c r="A49" s="113"/>
+      <c r="B49" s="113"/>
+      <c r="C49" s="113"/>
+      <c r="D49" s="113"/>
+      <c r="E49" s="113"/>
+      <c r="F49" s="113"/>
+      <c r="G49" s="113"/>
     </row>
     <row r="50" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A50" s="112"/>
-[...5 lines deleted...]
-      <c r="G50" s="112"/>
+      <c r="A50" s="113"/>
+      <c r="B50" s="113"/>
+      <c r="C50" s="113"/>
+      <c r="D50" s="113"/>
+      <c r="E50" s="113"/>
+      <c r="F50" s="113"/>
+      <c r="G50" s="113"/>
     </row>
     <row r="51" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A51" s="112"/>
-[...5 lines deleted...]
-      <c r="G51" s="112"/>
+      <c r="A51" s="113"/>
+      <c r="B51" s="113"/>
+      <c r="C51" s="113"/>
+      <c r="D51" s="113"/>
+      <c r="E51" s="113"/>
+      <c r="F51" s="113"/>
+      <c r="G51" s="113"/>
     </row>
     <row r="52" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A52" s="112"/>
-[...5 lines deleted...]
-      <c r="G52" s="112"/>
+      <c r="A52" s="113"/>
+      <c r="B52" s="113"/>
+      <c r="C52" s="113"/>
+      <c r="D52" s="113"/>
+      <c r="E52" s="113"/>
+      <c r="F52" s="113"/>
+      <c r="G52" s="113"/>
     </row>
     <row r="53" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A53" s="112"/>
-[...5 lines deleted...]
-      <c r="G53" s="112"/>
+      <c r="A53" s="113"/>
+      <c r="B53" s="113"/>
+      <c r="C53" s="113"/>
+      <c r="D53" s="113"/>
+      <c r="E53" s="113"/>
+      <c r="F53" s="113"/>
+      <c r="G53" s="113"/>
     </row>
     <row r="54" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A54" s="112"/>
-[...5 lines deleted...]
-      <c r="G54" s="112"/>
+      <c r="A54" s="113"/>
+      <c r="B54" s="113"/>
+      <c r="C54" s="113"/>
+      <c r="D54" s="113"/>
+      <c r="E54" s="113"/>
+      <c r="F54" s="113"/>
+      <c r="G54" s="113"/>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A55" s="112"/>
-[...5 lines deleted...]
-      <c r="G55" s="112"/>
+      <c r="A55" s="113"/>
+      <c r="B55" s="113"/>
+      <c r="C55" s="113"/>
+      <c r="D55" s="113"/>
+      <c r="E55" s="113"/>
+      <c r="F55" s="113"/>
+      <c r="G55" s="113"/>
     </row>
     <row r="56" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A56" s="112"/>
-[...5 lines deleted...]
-      <c r="G56" s="112"/>
+      <c r="A56" s="113"/>
+      <c r="B56" s="113"/>
+      <c r="C56" s="113"/>
+      <c r="D56" s="113"/>
+      <c r="E56" s="113"/>
+      <c r="F56" s="113"/>
+      <c r="G56" s="113"/>
     </row>
     <row r="57" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A57" s="112"/>
-[...5 lines deleted...]
-      <c r="G57" s="112"/>
+      <c r="A57" s="113"/>
+      <c r="B57" s="113"/>
+      <c r="C57" s="113"/>
+      <c r="D57" s="113"/>
+      <c r="E57" s="113"/>
+      <c r="F57" s="113"/>
+      <c r="G57" s="113"/>
     </row>
     <row r="58" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A58" s="112"/>
-[...5 lines deleted...]
-      <c r="G58" s="112"/>
+      <c r="A58" s="113"/>
+      <c r="B58" s="113"/>
+      <c r="C58" s="113"/>
+      <c r="D58" s="113"/>
+      <c r="E58" s="113"/>
+      <c r="F58" s="113"/>
+      <c r="G58" s="113"/>
     </row>
     <row r="59" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A59" s="112"/>
-[...5 lines deleted...]
-      <c r="G59" s="112"/>
+      <c r="A59" s="113"/>
+      <c r="B59" s="113"/>
+      <c r="C59" s="113"/>
+      <c r="D59" s="113"/>
+      <c r="E59" s="113"/>
+      <c r="F59" s="113"/>
+      <c r="G59" s="113"/>
     </row>
     <row r="60" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A60" s="112"/>
-[...5 lines deleted...]
-      <c r="G60" s="112"/>
+      <c r="A60" s="113"/>
+      <c r="B60" s="113"/>
+      <c r="C60" s="113"/>
+      <c r="D60" s="113"/>
+      <c r="E60" s="113"/>
+      <c r="F60" s="113"/>
+      <c r="G60" s="113"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:G60"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;K00-030COMMUNE DE ..........................&amp;C&amp;K00-030PAPRIPACT</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0C00B645-6A8B-4CFA-B1FB-49CA1A866BC3}">
   <sheetPr codeName="Feuil2"/>
   <dimension ref="A1:D36"/>
   <sheetViews>
     <sheetView showGridLines="0" view="pageLayout" topLeftCell="A20" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="C18" sqref="C18:D18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="19.28515625" customWidth="1"/>
     <col min="2" max="2" width="24.28515625" customWidth="1"/>
     <col min="3" max="4" width="20.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="113" t="s">
+      <c r="A1" s="148" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="113"/>
-[...1 lines deleted...]
-      <c r="D1" s="113"/>
+      <c r="B1" s="148"/>
+      <c r="C1" s="148"/>
+      <c r="D1" s="148"/>
     </row>
     <row r="2" spans="1:4" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="6"/>
       <c r="B2" s="6"/>
       <c r="C2" s="6"/>
       <c r="D2" s="6"/>
     </row>
     <row r="3" spans="1:4" ht="16.5" x14ac:dyDescent="0.3">
       <c r="A3" s="4"/>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
     </row>
     <row r="4" spans="1:4" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="114" t="s">
+      <c r="A4" s="131" t="s">
         <v>17</v>
       </c>
-      <c r="B4" s="115"/>
-[...1 lines deleted...]
-      <c r="D4" s="116"/>
+      <c r="B4" s="132"/>
+      <c r="C4" s="132"/>
+      <c r="D4" s="133"/>
     </row>
     <row r="5" spans="1:4" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="117" t="s">
+      <c r="A5" s="144" t="s">
         <v>5</v>
       </c>
-      <c r="B5" s="118"/>
-[...1 lines deleted...]
-      <c r="D5" s="120"/>
+      <c r="B5" s="145"/>
+      <c r="C5" s="146"/>
+      <c r="D5" s="147"/>
     </row>
     <row r="6" spans="1:4" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="121" t="s">
+      <c r="A6" s="138" t="s">
         <v>6</v>
       </c>
-      <c r="B6" s="122"/>
-[...1 lines deleted...]
-      <c r="D6" s="124"/>
+      <c r="B6" s="139"/>
+      <c r="C6" s="140"/>
+      <c r="D6" s="141"/>
     </row>
     <row r="7" spans="1:4" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="121" t="s">
+      <c r="A7" s="138" t="s">
         <v>16</v>
       </c>
-      <c r="B7" s="122"/>
-[...1 lines deleted...]
-      <c r="D7" s="124"/>
+      <c r="B7" s="139"/>
+      <c r="C7" s="140"/>
+      <c r="D7" s="141"/>
     </row>
     <row r="8" spans="1:4" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="121" t="s">
+      <c r="A8" s="138" t="s">
         <v>7</v>
       </c>
-      <c r="B8" s="122"/>
-[...1 lines deleted...]
-      <c r="D8" s="126"/>
+      <c r="B8" s="139"/>
+      <c r="C8" s="142"/>
+      <c r="D8" s="143"/>
     </row>
     <row r="9" spans="1:4" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="121" t="s">
+      <c r="A9" s="138" t="s">
         <v>8</v>
       </c>
-      <c r="B9" s="122"/>
-[...1 lines deleted...]
-      <c r="D9" s="126"/>
+      <c r="B9" s="139"/>
+      <c r="C9" s="142"/>
+      <c r="D9" s="143"/>
     </row>
     <row r="10" spans="1:4" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="127" t="s">
-[...4 lines deleted...]
-      <c r="D10" s="130"/>
+      <c r="A10" s="126" t="s">
+        <v>100</v>
+      </c>
+      <c r="B10" s="127"/>
+      <c r="C10" s="128"/>
+      <c r="D10" s="129"/>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A11" s="7"/>
       <c r="B11" s="7"/>
       <c r="C11" s="8"/>
       <c r="D11" s="8"/>
     </row>
     <row r="12" spans="1:4" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="114" t="s">
-[...4 lines deleted...]
-      <c r="D12" s="116"/>
+      <c r="A12" s="131" t="s">
+        <v>99</v>
+      </c>
+      <c r="B12" s="132"/>
+      <c r="C12" s="132"/>
+      <c r="D12" s="133"/>
     </row>
     <row r="13" spans="1:4" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="117" t="s">
+      <c r="A13" s="144" t="s">
         <v>9</v>
       </c>
-      <c r="B13" s="118"/>
-[...1 lines deleted...]
-      <c r="D13" s="120"/>
+      <c r="B13" s="145"/>
+      <c r="C13" s="146"/>
+      <c r="D13" s="147"/>
     </row>
     <row r="14" spans="1:4" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="121" t="s">
+      <c r="A14" s="138" t="s">
         <v>18</v>
       </c>
-      <c r="B14" s="122"/>
-[...1 lines deleted...]
-      <c r="D14" s="124"/>
+      <c r="B14" s="139"/>
+      <c r="C14" s="140"/>
+      <c r="D14" s="141"/>
     </row>
     <row r="15" spans="1:4" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="121" t="s">
+      <c r="A15" s="138" t="s">
         <v>10</v>
       </c>
-      <c r="B15" s="122"/>
-[...1 lines deleted...]
-      <c r="D15" s="124"/>
+      <c r="B15" s="139"/>
+      <c r="C15" s="140"/>
+      <c r="D15" s="141"/>
     </row>
     <row r="16" spans="1:4" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="121" t="s">
+      <c r="A16" s="138" t="s">
         <v>11</v>
       </c>
-      <c r="B16" s="122"/>
-[...1 lines deleted...]
-      <c r="D16" s="124"/>
+      <c r="B16" s="139"/>
+      <c r="C16" s="140"/>
+      <c r="D16" s="141"/>
     </row>
     <row r="17" spans="1:4" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="121" t="s">
+      <c r="A17" s="138" t="s">
         <v>20</v>
       </c>
-      <c r="B17" s="122"/>
-[...1 lines deleted...]
-      <c r="D17" s="124"/>
+      <c r="B17" s="139"/>
+      <c r="C17" s="140"/>
+      <c r="D17" s="141"/>
     </row>
     <row r="18" spans="1:4" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="121"/>
-[...2 lines deleted...]
-      <c r="D18" s="124"/>
+      <c r="A18" s="138"/>
+      <c r="B18" s="139"/>
+      <c r="C18" s="140"/>
+      <c r="D18" s="141"/>
     </row>
     <row r="19" spans="1:4" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="121"/>
-[...2 lines deleted...]
-      <c r="D19" s="124"/>
+      <c r="A19" s="138"/>
+      <c r="B19" s="139"/>
+      <c r="C19" s="140"/>
+      <c r="D19" s="141"/>
     </row>
     <row r="20" spans="1:4" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="127" t="s">
+      <c r="A20" s="126" t="s">
         <v>19</v>
       </c>
-      <c r="B20" s="128"/>
-[...1 lines deleted...]
-      <c r="D20" s="130"/>
+      <c r="B20" s="127"/>
+      <c r="C20" s="128"/>
+      <c r="D20" s="129"/>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A21" s="5"/>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
       <c r="D21" s="5"/>
     </row>
     <row r="22" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="114" t="s">
-[...4 lines deleted...]
-      <c r="D22" s="116"/>
+      <c r="A22" s="131" t="s">
+        <v>89</v>
+      </c>
+      <c r="B22" s="132"/>
+      <c r="C22" s="132"/>
+      <c r="D22" s="133"/>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A23" s="10"/>
       <c r="B23" s="11"/>
       <c r="C23" s="5"/>
       <c r="D23" s="12"/>
     </row>
     <row r="24" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="94" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="95"/>
-      <c r="C24" s="144"/>
-      <c r="D24" s="145"/>
+      <c r="C24" s="134"/>
+      <c r="D24" s="135"/>
     </row>
     <row r="25" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A25" s="14"/>
       <c r="B25" s="15"/>
       <c r="C25" s="9"/>
       <c r="D25" s="13"/>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A26" s="16" t="b">
         <v>0</v>
       </c>
-      <c r="B26" s="146" t="s">
+      <c r="B26" s="136" t="s">
         <v>12</v>
       </c>
-      <c r="C26" s="146"/>
+      <c r="C26" s="136"/>
       <c r="D26" s="13"/>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A27" s="16" t="b">
         <v>0</v>
       </c>
-      <c r="B27" s="146" t="s">
+      <c r="B27" s="136" t="s">
         <v>13</v>
       </c>
-      <c r="C27" s="146"/>
-      <c r="D27" s="147"/>
+      <c r="C27" s="136"/>
+      <c r="D27" s="137"/>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A28" s="17" t="b">
         <v>0</v>
       </c>
-      <c r="B28" s="143" t="s">
+      <c r="B28" s="130" t="s">
         <v>14</v>
       </c>
-      <c r="C28" s="143"/>
+      <c r="C28" s="130"/>
       <c r="D28" s="18"/>
     </row>
     <row r="29" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A29" s="11"/>
       <c r="B29" s="11"/>
       <c r="C29" s="5"/>
       <c r="D29" s="5"/>
     </row>
     <row r="30" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A30" s="137" t="s">
+      <c r="A30" s="120" t="s">
         <v>21</v>
       </c>
-      <c r="B30" s="138"/>
-[...1 lines deleted...]
-      <c r="D30" s="139"/>
+      <c r="B30" s="121"/>
+      <c r="C30" s="121"/>
+      <c r="D30" s="122"/>
     </row>
     <row r="31" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A31" s="140" t="s">
+      <c r="A31" s="123" t="s">
         <v>22</v>
       </c>
-      <c r="B31" s="141"/>
-[...1 lines deleted...]
-      <c r="D31" s="142"/>
+      <c r="B31" s="124"/>
+      <c r="C31" s="124"/>
+      <c r="D31" s="125"/>
     </row>
     <row r="32" spans="1:4" ht="19.7" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="131" t="s">
+      <c r="A32" s="114" t="s">
         <v>23</v>
       </c>
-      <c r="B32" s="132"/>
-[...1 lines deleted...]
-      <c r="D32" s="133"/>
+      <c r="B32" s="115"/>
+      <c r="C32" s="115"/>
+      <c r="D32" s="116"/>
     </row>
     <row r="33" spans="1:4" ht="19.7" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="131"/>
-[...2 lines deleted...]
-      <c r="D33" s="133"/>
+      <c r="A33" s="114"/>
+      <c r="B33" s="115"/>
+      <c r="C33" s="115"/>
+      <c r="D33" s="116"/>
     </row>
     <row r="34" spans="1:4" ht="19.7" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="131"/>
-[...2 lines deleted...]
-      <c r="D34" s="133"/>
+      <c r="A34" s="114"/>
+      <c r="B34" s="115"/>
+      <c r="C34" s="115"/>
+      <c r="D34" s="116"/>
     </row>
     <row r="35" spans="1:4" ht="19.7" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="131"/>
-[...2 lines deleted...]
-      <c r="D35" s="133"/>
+      <c r="A35" s="114"/>
+      <c r="B35" s="115"/>
+      <c r="C35" s="115"/>
+      <c r="D35" s="116"/>
     </row>
     <row r="36" spans="1:4" ht="19.7" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="134"/>
-[...2 lines deleted...]
-      <c r="D36" s="136"/>
+      <c r="A36" s="117"/>
+      <c r="B36" s="118"/>
+      <c r="C36" s="118"/>
+      <c r="D36" s="119"/>
     </row>
   </sheetData>
   <mergeCells count="37">
-    <mergeCell ref="A32:D36"/>
-[...14 lines deleted...]
-    <mergeCell ref="A17:B19"/>
+    <mergeCell ref="A1:D1"/>
+    <mergeCell ref="A4:D4"/>
+    <mergeCell ref="A5:B5"/>
+    <mergeCell ref="C5:D5"/>
+    <mergeCell ref="A6:B6"/>
+    <mergeCell ref="C6:D6"/>
     <mergeCell ref="A15:B15"/>
     <mergeCell ref="C15:D15"/>
     <mergeCell ref="A7:B7"/>
     <mergeCell ref="C7:D7"/>
     <mergeCell ref="A8:B8"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="A10:B10"/>
     <mergeCell ref="C10:D10"/>
     <mergeCell ref="A12:D12"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="C13:D13"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="C14:D14"/>
     <mergeCell ref="A9:B9"/>
     <mergeCell ref="C9:D9"/>
-    <mergeCell ref="A1:D1"/>
-[...4 lines deleted...]
-    <mergeCell ref="C6:D6"/>
+    <mergeCell ref="A16:B16"/>
+    <mergeCell ref="C17:D17"/>
+    <mergeCell ref="C18:D18"/>
+    <mergeCell ref="C19:D19"/>
+    <mergeCell ref="C16:D16"/>
+    <mergeCell ref="A17:B19"/>
+    <mergeCell ref="A32:D36"/>
+    <mergeCell ref="A30:D30"/>
+    <mergeCell ref="A31:D31"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="C20:D20"/>
+    <mergeCell ref="B28:C28"/>
+    <mergeCell ref="A22:D22"/>
+    <mergeCell ref="C24:D24"/>
+    <mergeCell ref="B26:C26"/>
+    <mergeCell ref="B27:D27"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;K00-030COMMUNE DE ..........................&amp;C&amp;K00-029PAPRIPACT</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{56D01B08-97C6-44EA-99A9-1E3C633DFC48}">
   <sheetPr codeName="Feuil3"/>
   <dimension ref="A1:G10"/>
   <sheetViews>
     <sheetView showGridLines="0" showWhiteSpace="0" view="pageLayout" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection sqref="A1:G1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="7" max="7" width="11.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="113" t="s">
-[...7 lines deleted...]
-      <c r="G1" s="113"/>
+      <c r="A1" s="148" t="s">
+        <v>170</v>
+      </c>
+      <c r="B1" s="148"/>
+      <c r="C1" s="148"/>
+      <c r="D1" s="148"/>
+      <c r="E1" s="148"/>
+      <c r="F1" s="148"/>
+      <c r="G1" s="148"/>
     </row>
     <row r="4" spans="1:7" s="89" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="88" t="s">
         <v>24</v>
       </c>
       <c r="B4" s="88"/>
       <c r="C4" s="88"/>
       <c r="D4" s="88"/>
       <c r="E4" s="88"/>
       <c r="F4" s="88"/>
       <c r="G4" s="69"/>
     </row>
     <row r="5" spans="1:7" ht="9.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="6" spans="1:7" ht="274.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="148" t="s">
+      <c r="A6" s="149" t="s">
         <v>25</v>
       </c>
-      <c r="B6" s="148"/>
-[...4 lines deleted...]
-      <c r="G6" s="148"/>
+      <c r="B6" s="149"/>
+      <c r="C6" s="149"/>
+      <c r="D6" s="149"/>
+      <c r="E6" s="149"/>
+      <c r="F6" s="149"/>
+      <c r="G6" s="149"/>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" s="68"/>
       <c r="B7" s="68"/>
       <c r="C7" s="68"/>
       <c r="D7" s="68"/>
       <c r="E7" s="68"/>
       <c r="F7" s="68"/>
       <c r="G7" s="68"/>
     </row>
     <row r="8" spans="1:7" ht="55.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="149" t="s">
-[...6 lines deleted...]
-      <c r="F8" s="149"/>
+      <c r="A8" s="150" t="s">
+        <v>132</v>
+      </c>
+      <c r="B8" s="150"/>
+      <c r="C8" s="150"/>
+      <c r="D8" s="150"/>
+      <c r="E8" s="150"/>
+      <c r="F8" s="150"/>
       <c r="G8" s="69"/>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" s="68"/>
       <c r="B9" s="68"/>
       <c r="C9" s="68"/>
       <c r="D9" s="68"/>
       <c r="E9" s="68"/>
       <c r="F9" s="68"/>
       <c r="G9" s="68"/>
     </row>
     <row r="10" spans="1:7" ht="150.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="148" t="s">
-[...7 lines deleted...]
-      <c r="G10" s="148"/>
+      <c r="A10" s="149" t="s">
+        <v>152</v>
+      </c>
+      <c r="B10" s="149"/>
+      <c r="C10" s="149"/>
+      <c r="D10" s="149"/>
+      <c r="E10" s="149"/>
+      <c r="F10" s="149"/>
+      <c r="G10" s="149"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A6:G6"/>
     <mergeCell ref="A8:F8"/>
     <mergeCell ref="A10:G10"/>
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;K00-032COMMUNE DE ..........................&amp;C&amp;K00-031PAPRIPACT</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{76673DF8-A445-4843-90F4-79ECD443D2FF}">
   <sheetPr codeName="Feuil5"/>
   <dimension ref="A1:H47"/>
   <sheetViews>
     <sheetView showGridLines="0" view="pageLayout" zoomScale="70" zoomScaleNormal="100" zoomScalePageLayoutView="70" workbookViewId="0">
       <selection activeCell="F44" sqref="F44"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="5" max="5" width="3.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="113" t="s">
+      <c r="A1" s="148" t="s">
         <v>26</v>
       </c>
-      <c r="B1" s="113"/>
-[...5 lines deleted...]
-      <c r="H1" s="113"/>
+      <c r="B1" s="148"/>
+      <c r="C1" s="148"/>
+      <c r="D1" s="148"/>
+      <c r="E1" s="148"/>
+      <c r="F1" s="148"/>
+      <c r="G1" s="148"/>
+      <c r="H1" s="148"/>
     </row>
     <row r="4" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="150" t="s">
+      <c r="B4" s="151" t="s">
         <v>27</v>
       </c>
-      <c r="C4" s="150"/>
-[...1 lines deleted...]
-      <c r="F4" s="152" t="s">
+      <c r="C4" s="151"/>
+      <c r="D4" s="151"/>
+      <c r="F4" s="153" t="s">
         <v>29</v>
       </c>
-      <c r="G4" s="152"/>
-      <c r="H4" s="152"/>
+      <c r="G4" s="153"/>
+      <c r="H4" s="153"/>
     </row>
     <row r="5" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="150"/>
-[...1 lines deleted...]
-      <c r="D5" s="150"/>
+      <c r="B5" s="151"/>
+      <c r="C5" s="151"/>
+      <c r="D5" s="151"/>
       <c r="F5" s="20"/>
       <c r="G5" s="20"/>
       <c r="H5" s="20"/>
     </row>
     <row r="6" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="150"/>
-[...1 lines deleted...]
-      <c r="D6" s="150"/>
+      <c r="B6" s="151"/>
+      <c r="C6" s="151"/>
+      <c r="D6" s="151"/>
       <c r="F6" s="20"/>
       <c r="G6" s="20"/>
       <c r="H6" s="20"/>
     </row>
     <row r="7" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B7" s="150"/>
-[...1 lines deleted...]
-      <c r="D7" s="150"/>
+      <c r="B7" s="151"/>
+      <c r="C7" s="151"/>
+      <c r="D7" s="151"/>
       <c r="F7" s="20"/>
       <c r="G7" s="20"/>
       <c r="H7" s="20"/>
     </row>
     <row r="8" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B8" s="150"/>
-[...1 lines deleted...]
-      <c r="D8" s="150"/>
+      <c r="B8" s="151"/>
+      <c r="C8" s="151"/>
+      <c r="D8" s="151"/>
       <c r="F8" s="20"/>
       <c r="G8" s="20"/>
       <c r="H8" s="20"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="B9" s="150"/>
-[...1 lines deleted...]
-      <c r="D9" s="150"/>
+      <c r="B9" s="151"/>
+      <c r="C9" s="151"/>
+      <c r="D9" s="151"/>
       <c r="F9" s="20"/>
       <c r="G9" s="20"/>
       <c r="H9" s="20"/>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="B10" s="150"/>
-[...1 lines deleted...]
-      <c r="D10" s="150"/>
+      <c r="B10" s="151"/>
+      <c r="C10" s="151"/>
+      <c r="D10" s="151"/>
       <c r="F10" s="20"/>
       <c r="G10" s="20"/>
       <c r="H10" s="20"/>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.25">
       <c r="F11" s="20"/>
       <c r="G11" s="20"/>
       <c r="H11" s="20"/>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.25">
       <c r="F12" s="20"/>
       <c r="G12" s="20"/>
       <c r="H12" s="20"/>
     </row>
     <row r="13" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B13" s="150" t="s">
+      <c r="B13" s="151" t="s">
         <v>28</v>
       </c>
-      <c r="C13" s="150"/>
-[...5 lines deleted...]
-      <c r="H13" s="152"/>
+      <c r="C13" s="151"/>
+      <c r="D13" s="151"/>
+      <c r="F13" s="153" t="s">
+        <v>87</v>
+      </c>
+      <c r="G13" s="153"/>
+      <c r="H13" s="153"/>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="B14" s="150"/>
-[...1 lines deleted...]
-      <c r="D14" s="150"/>
+      <c r="B14" s="151"/>
+      <c r="C14" s="151"/>
+      <c r="D14" s="151"/>
       <c r="F14" s="20"/>
       <c r="G14" s="20"/>
       <c r="H14" s="20"/>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="B15" s="150"/>
-[...6 lines deleted...]
-      <c r="H15" s="153"/>
+      <c r="B15" s="151"/>
+      <c r="C15" s="151"/>
+      <c r="D15" s="151"/>
+      <c r="F15" s="154" t="s">
+        <v>153</v>
+      </c>
+      <c r="G15" s="154"/>
+      <c r="H15" s="154"/>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="B16" s="150"/>
-[...4 lines deleted...]
-      <c r="H16" s="153"/>
+      <c r="B16" s="151"/>
+      <c r="C16" s="151"/>
+      <c r="D16" s="151"/>
+      <c r="F16" s="154"/>
+      <c r="G16" s="154"/>
+      <c r="H16" s="154"/>
     </row>
     <row r="17" spans="2:8" x14ac:dyDescent="0.25">
-      <c r="B17" s="150"/>
-[...1 lines deleted...]
-      <c r="D17" s="150"/>
+      <c r="B17" s="151"/>
+      <c r="C17" s="151"/>
+      <c r="D17" s="151"/>
       <c r="F17" s="22"/>
       <c r="G17" s="22"/>
       <c r="H17" s="22"/>
     </row>
     <row r="18" spans="2:8" x14ac:dyDescent="0.25">
-      <c r="B18" s="150"/>
-[...1 lines deleted...]
-      <c r="D18" s="150"/>
+      <c r="B18" s="151"/>
+      <c r="C18" s="151"/>
+      <c r="D18" s="151"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="20"/>
     </row>
     <row r="19" spans="2:8" x14ac:dyDescent="0.25">
-      <c r="B19" s="150"/>
-[...1 lines deleted...]
-      <c r="D19" s="150"/>
+      <c r="B19" s="151"/>
+      <c r="C19" s="151"/>
+      <c r="D19" s="151"/>
       <c r="F19" s="20"/>
       <c r="G19" s="20"/>
       <c r="H19" s="20"/>
     </row>
     <row r="20" spans="2:8" x14ac:dyDescent="0.25">
       <c r="F20" s="20"/>
       <c r="G20" s="20"/>
       <c r="H20" s="20"/>
     </row>
     <row r="21" spans="2:8" x14ac:dyDescent="0.25">
       <c r="F21" s="20"/>
       <c r="G21" s="20"/>
       <c r="H21" s="20"/>
     </row>
     <row r="22" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B22" s="150" t="s">
-[...8 lines deleted...]
-      <c r="H22" s="151"/>
+      <c r="B22" s="151" t="s">
+        <v>142</v>
+      </c>
+      <c r="C22" s="151"/>
+      <c r="D22" s="151"/>
+      <c r="F22" s="152" t="s">
+        <v>154</v>
+      </c>
+      <c r="G22" s="152"/>
+      <c r="H22" s="152"/>
     </row>
     <row r="23" spans="2:8" x14ac:dyDescent="0.25">
-      <c r="B23" s="150"/>
-[...4 lines deleted...]
-      <c r="H23" s="151"/>
+      <c r="B23" s="151"/>
+      <c r="C23" s="151"/>
+      <c r="D23" s="151"/>
+      <c r="F23" s="152"/>
+      <c r="G23" s="152"/>
+      <c r="H23" s="152"/>
     </row>
     <row r="24" spans="2:8" x14ac:dyDescent="0.25">
-      <c r="B24" s="150"/>
-[...4 lines deleted...]
-      <c r="H24" s="151"/>
+      <c r="B24" s="151"/>
+      <c r="C24" s="151"/>
+      <c r="D24" s="151"/>
+      <c r="F24" s="152"/>
+      <c r="G24" s="152"/>
+      <c r="H24" s="152"/>
     </row>
     <row r="25" spans="2:8" x14ac:dyDescent="0.25">
-      <c r="B25" s="150"/>
-[...4 lines deleted...]
-      <c r="H25" s="151"/>
+      <c r="B25" s="151"/>
+      <c r="C25" s="151"/>
+      <c r="D25" s="151"/>
+      <c r="F25" s="152"/>
+      <c r="G25" s="152"/>
+      <c r="H25" s="152"/>
     </row>
     <row r="26" spans="2:8" x14ac:dyDescent="0.25">
-      <c r="B26" s="150"/>
-[...1 lines deleted...]
-      <c r="D26" s="150"/>
+      <c r="B26" s="151"/>
+      <c r="C26" s="151"/>
+      <c r="D26" s="151"/>
       <c r="F26" s="22"/>
       <c r="G26" s="22"/>
       <c r="H26" s="22"/>
     </row>
     <row r="27" spans="2:8" x14ac:dyDescent="0.25">
-      <c r="B27" s="150"/>
-[...1 lines deleted...]
-      <c r="D27" s="150"/>
+      <c r="B27" s="151"/>
+      <c r="C27" s="151"/>
+      <c r="D27" s="151"/>
       <c r="F27" s="22"/>
       <c r="G27" s="22"/>
       <c r="H27" s="22"/>
     </row>
     <row r="28" spans="2:8" x14ac:dyDescent="0.25">
-      <c r="B28" s="150"/>
-[...1 lines deleted...]
-      <c r="D28" s="150"/>
+      <c r="B28" s="151"/>
+      <c r="C28" s="151"/>
+      <c r="D28" s="151"/>
       <c r="F28" s="22"/>
       <c r="G28" s="22"/>
       <c r="H28" s="22"/>
     </row>
     <row r="29" spans="2:8" x14ac:dyDescent="0.25">
       <c r="F29" s="21"/>
       <c r="G29" s="21"/>
       <c r="H29" s="21"/>
     </row>
     <row r="30" spans="2:8" x14ac:dyDescent="0.25">
       <c r="F30" s="21"/>
       <c r="G30" s="21"/>
       <c r="H30" s="21"/>
     </row>
     <row r="31" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B31" s="150" t="s">
+      <c r="B31" s="151" t="s">
+        <v>155</v>
+      </c>
+      <c r="C31" s="151"/>
+      <c r="D31" s="151"/>
+      <c r="F31" s="152" t="s">
+        <v>30</v>
+      </c>
+      <c r="G31" s="152"/>
+      <c r="H31" s="152"/>
+    </row>
+    <row r="32" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B32" s="151"/>
+      <c r="C32" s="151"/>
+      <c r="D32" s="151"/>
+      <c r="F32" s="152"/>
+      <c r="G32" s="152"/>
+      <c r="H32" s="152"/>
+    </row>
+    <row r="33" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B33" s="151"/>
+      <c r="C33" s="151"/>
+      <c r="D33" s="151"/>
+      <c r="F33" s="152" t="s">
+        <v>133</v>
+      </c>
+      <c r="G33" s="152"/>
+      <c r="H33" s="152"/>
+    </row>
+    <row r="34" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B34" s="151"/>
+      <c r="C34" s="151"/>
+      <c r="D34" s="151"/>
+      <c r="F34" s="152"/>
+      <c r="G34" s="152"/>
+      <c r="H34" s="152"/>
+    </row>
+    <row r="35" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B35" s="151"/>
+      <c r="C35" s="151"/>
+      <c r="D35" s="151"/>
+    </row>
+    <row r="36" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B36" s="151"/>
+      <c r="C36" s="151"/>
+      <c r="D36" s="151"/>
+    </row>
+    <row r="37" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B37" s="151"/>
+      <c r="C37" s="151"/>
+      <c r="D37" s="151"/>
+    </row>
+    <row r="40" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B40" s="151" t="s">
         <v>156</v>
       </c>
-      <c r="C31" s="150"/>
-[...53 lines deleted...]
-      <c r="D40" s="150"/>
+      <c r="C40" s="151"/>
+      <c r="D40" s="151"/>
       <c r="F40" s="25" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="41" spans="2:8" x14ac:dyDescent="0.25">
-      <c r="B41" s="150"/>
-[...1 lines deleted...]
-      <c r="D41" s="150"/>
+      <c r="B41" s="151"/>
+      <c r="C41" s="151"/>
+      <c r="D41" s="151"/>
     </row>
     <row r="42" spans="2:8" x14ac:dyDescent="0.25">
-      <c r="B42" s="150"/>
-[...1 lines deleted...]
-      <c r="D42" s="150"/>
+      <c r="B42" s="151"/>
+      <c r="C42" s="151"/>
+      <c r="D42" s="151"/>
     </row>
     <row r="43" spans="2:8" x14ac:dyDescent="0.25">
-      <c r="B43" s="150"/>
-[...1 lines deleted...]
-      <c r="D43" s="150"/>
+      <c r="B43" s="151"/>
+      <c r="C43" s="151"/>
+      <c r="D43" s="151"/>
     </row>
     <row r="44" spans="2:8" x14ac:dyDescent="0.25">
-      <c r="B44" s="150"/>
-[...1 lines deleted...]
-      <c r="D44" s="150"/>
+      <c r="B44" s="151"/>
+      <c r="C44" s="151"/>
+      <c r="D44" s="151"/>
     </row>
     <row r="45" spans="2:8" ht="21" x14ac:dyDescent="0.25">
       <c r="B45" s="24"/>
       <c r="C45" s="24"/>
       <c r="D45" s="24"/>
     </row>
     <row r="46" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B46" s="23" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C46" s="23"/>
       <c r="D46" s="23"/>
       <c r="E46" s="23"/>
       <c r="F46" s="23"/>
       <c r="G46" s="23"/>
     </row>
     <row r="47" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B47" s="23" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C47" s="23"/>
       <c r="D47" s="23"/>
       <c r="E47" s="23"/>
       <c r="F47" s="23"/>
       <c r="G47" s="23"/>
     </row>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="B31:D37"/>
     <mergeCell ref="B22:D28"/>
     <mergeCell ref="B40:D44"/>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="F22:H25"/>
     <mergeCell ref="F31:H32"/>
     <mergeCell ref="F33:H34"/>
     <mergeCell ref="B4:D10"/>
     <mergeCell ref="F13:H13"/>
     <mergeCell ref="F4:H4"/>
     <mergeCell ref="F15:H16"/>
     <mergeCell ref="B13:D19"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F15:H16" location="RSU!A1" display="Lien vers le résumé du RSU en matière de sécurité" xr:uid="{FFBC3E32-1E0E-4DD6-B2A9-481157789133}"/>
     <hyperlink ref="F40" location="Actions!A1" display="Lien vers les actions." xr:uid="{8891BC37-7143-4907-9ECE-F2D8D36B5821}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;K00-032COMMUNE DE ..........................&amp;C&amp;K00-031PAPRIPACT</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{66DE137C-37C7-4AF8-8B87-68AD974C8AA0}">
   <sheetPr codeName="Feuil6"/>
   <dimension ref="A1:G3"/>
   <sheetViews>
     <sheetView showGridLines="0" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:G1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:7" ht="22.5" x14ac:dyDescent="0.25">
-      <c r="A1" s="113" t="s">
-[...7 lines deleted...]
-      <c r="G1" s="113"/>
+      <c r="A1" s="148" t="s">
+        <v>137</v>
+      </c>
+      <c r="B1" s="148"/>
+      <c r="C1" s="148"/>
+      <c r="D1" s="148"/>
+      <c r="E1" s="148"/>
+      <c r="F1" s="148"/>
+      <c r="G1" s="148"/>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A3" s="23" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;K00-032COMMUNE DE ..........................&amp;C&amp;K00-031PAPRIPACT</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{76237F84-F205-4A35-99AD-CBA525B5D2F3}">
   <dimension ref="A1:B27"/>
   <sheetViews>
-    <sheetView showGridLines="0" view="pageLayout" zoomScale="130" zoomScaleNormal="100" zoomScalePageLayoutView="130" workbookViewId="0">
-      <selection activeCell="B3" sqref="B3"/>
+    <sheetView showGridLines="0" view="pageLayout" topLeftCell="A7" zoomScale="130" zoomScaleNormal="100" zoomScalePageLayoutView="130" workbookViewId="0">
+      <selection activeCell="A17" sqref="A17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="21.7109375" customWidth="1"/>
     <col min="2" max="2" width="65.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="159" t="s">
-[...2 lines deleted...]
-      <c r="B1" s="159"/>
+      <c r="A1" s="155" t="s">
+        <v>97</v>
+      </c>
+      <c r="B1" s="155"/>
     </row>
     <row r="2" spans="1:2" ht="9.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3" s="71" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="4" spans="1:2" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="71"/>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A5" s="96"/>
       <c r="B5" s="67" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A6" s="72"/>
       <c r="B6" s="67" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
     </row>
     <row r="8" spans="1:2" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="97" t="s">
+        <v>91</v>
+      </c>
+      <c r="B8" s="98" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="9" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="99" t="s">
         <v>32</v>
       </c>
       <c r="B9" s="100" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
     </row>
     <row r="10" spans="1:2" ht="42.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="99" t="s">
         <v>54</v>
       </c>
       <c r="B10" s="100" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="11" spans="1:2" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A11" s="99" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="B11" s="100" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
     </row>
     <row r="12" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="99" t="s">
         <v>38</v>
       </c>
       <c r="B12" s="100" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:2" ht="28.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="101" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B13" s="100" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
     </row>
     <row r="14" spans="1:2" ht="42.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="101" t="s">
         <v>47</v>
       </c>
       <c r="B14" s="100" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
     </row>
     <row r="15" spans="1:2" ht="21" x14ac:dyDescent="0.25">
       <c r="A15" s="99" t="s">
         <v>48</v>
       </c>
       <c r="B15" s="100" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
     </row>
     <row r="16" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="101" t="s">
         <v>40</v>
       </c>
       <c r="B16" s="100" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="17" spans="1:2" ht="28.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="101" t="s">
-        <v>42</v>
+        <v>172</v>
       </c>
       <c r="B17" s="100" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="18" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="101" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B18" s="100" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
     </row>
     <row r="19" spans="1:2" ht="28.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="101" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="B19" s="100" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
     </row>
     <row r="20" spans="1:2" ht="42" x14ac:dyDescent="0.25">
       <c r="A20" s="101" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="100" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
     </row>
     <row r="21" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="101" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="100" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
     </row>
     <row r="22" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="99" t="s">
         <v>46</v>
       </c>
       <c r="B22" s="100" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
     </row>
     <row r="23" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="101" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="100" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
     </row>
     <row r="24" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="101" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="100" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
     </row>
     <row r="25" spans="1:2" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="101" t="s">
         <v>51</v>
       </c>
       <c r="B25" s="100" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
     </row>
     <row r="26" spans="1:2" ht="42.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="101" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B26" s="100" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
     </row>
     <row r="27" spans="1:2" ht="48" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="102" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B27" s="103" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:B1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;K00-029COMMUNE DE ..........................&amp;C&amp;K00-028PAPRIPACT</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9336D80A-300C-4885-9543-235204DF1421}">
   <sheetPr codeName="Feuil7">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:S28"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" view="pageLayout" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="I1" sqref="I1"/>
+    <sheetView showGridLines="0" tabSelected="1" view="pageLayout" topLeftCell="A4" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="I5" sqref="I5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="6.85546875" customWidth="1"/>
     <col min="2" max="2" width="11" customWidth="1"/>
     <col min="3" max="3" width="16.28515625" customWidth="1"/>
     <col min="4" max="4" width="23.7109375" customWidth="1"/>
     <col min="5" max="5" width="23.28515625" customWidth="1"/>
     <col min="6" max="6" width="17.140625" customWidth="1"/>
     <col min="7" max="7" width="18.85546875" customWidth="1"/>
     <col min="8" max="8" width="10.85546875" customWidth="1"/>
     <col min="9" max="9" width="13.7109375" customWidth="1"/>
     <col min="10" max="10" width="11.42578125" customWidth="1"/>
     <col min="11" max="11" width="16" customWidth="1"/>
     <col min="12" max="12" width="20.28515625" customWidth="1"/>
     <col min="13" max="14" width="8" customWidth="1"/>
     <col min="15" max="15" width="17.140625" customWidth="1"/>
     <col min="16" max="16" width="11.42578125" customWidth="1"/>
     <col min="17" max="17" width="13.5703125" customWidth="1"/>
     <col min="18" max="18" width="8.28515625" customWidth="1"/>
     <col min="19" max="19" width="33.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
@@ -8084,770 +8087,770 @@
       <c r="B1" s="104"/>
       <c r="C1" s="104"/>
       <c r="D1" s="104"/>
       <c r="E1" s="104"/>
       <c r="F1" s="104"/>
       <c r="G1" s="104"/>
       <c r="H1" s="105" t="s">
         <v>0</v>
       </c>
       <c r="I1" s="104"/>
       <c r="J1" s="104"/>
       <c r="K1" s="104"/>
       <c r="L1" s="104"/>
       <c r="M1" s="104"/>
       <c r="N1" s="104"/>
       <c r="O1" s="104"/>
       <c r="P1" s="104"/>
       <c r="Q1" s="104"/>
       <c r="R1" s="104"/>
       <c r="S1" s="104"/>
     </row>
     <row r="3" spans="1:19" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="42" t="s">
         <v>15</v>
       </c>
-      <c r="B3" s="154">
+      <c r="B3" s="106">
         <f ca="1">TODAY()</f>
-        <v>45741</v>
-[...1 lines deleted...]
-      <c r="C3" s="154"/>
+        <v>46071</v>
+      </c>
+      <c r="C3" s="106"/>
     </row>
     <row r="4" spans="1:19" x14ac:dyDescent="0.25">
       <c r="I4" s="60" t="s">
         <v>41</v>
       </c>
       <c r="J4" s="61"/>
       <c r="K4" s="44" t="s">
         <v>43</v>
       </c>
       <c r="L4" s="43"/>
       <c r="M4" s="64" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="N4" s="61"/>
       <c r="O4" s="44" t="s">
         <v>49</v>
       </c>
       <c r="P4" s="45"/>
       <c r="Q4" s="45"/>
       <c r="R4" s="46"/>
       <c r="S4" s="26"/>
     </row>
-    <row r="5" spans="1:19" s="19" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:19" s="19" customFormat="1" ht="72" x14ac:dyDescent="0.25">
       <c r="A5" s="90" t="s">
         <v>32</v>
       </c>
       <c r="B5" s="91" t="s">
         <v>54</v>
       </c>
       <c r="C5" s="30" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="D5" s="30" t="s">
         <v>38</v>
       </c>
       <c r="E5" s="30" t="s">
         <v>39</v>
       </c>
       <c r="F5" s="30" t="s">
         <v>47</v>
       </c>
       <c r="G5" s="30" t="s">
         <v>48</v>
       </c>
       <c r="H5" s="30" t="s">
         <v>40</v>
       </c>
       <c r="I5" s="62" t="s">
+        <v>171</v>
+      </c>
+      <c r="J5" s="63" t="s">
         <v>71</v>
       </c>
-      <c r="J5" s="63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K5" s="31" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="L5" s="31" t="s">
         <v>44</v>
       </c>
       <c r="M5" s="63" t="s">
         <v>45</v>
       </c>
       <c r="N5" s="63" t="s">
         <v>46</v>
       </c>
       <c r="O5" s="31" t="s">
         <v>50</v>
       </c>
       <c r="P5" s="31" t="s">
         <v>53</v>
       </c>
       <c r="Q5" s="31" t="s">
         <v>51</v>
       </c>
       <c r="R5" s="32" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="S5" s="65" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
     </row>
     <row r="6" spans="1:19" ht="75.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="34">
         <v>1</v>
       </c>
       <c r="B6" s="35" t="s">
         <v>56</v>
       </c>
       <c r="C6" s="35" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="D6" s="35" t="s">
         <v>64</v>
       </c>
       <c r="E6" s="35" t="s">
         <v>65</v>
       </c>
       <c r="F6" s="35" t="s">
+        <v>101</v>
+      </c>
+      <c r="G6" s="35" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="H6" s="35" t="s">
         <v>68</v>
       </c>
       <c r="I6" s="40">
         <v>45518</v>
       </c>
       <c r="J6" s="40">
         <v>45534</v>
       </c>
       <c r="K6" s="35" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="L6" s="35" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="M6" s="35">
         <f>4*110</f>
         <v>440</v>
       </c>
       <c r="N6" s="35">
         <v>528</v>
       </c>
       <c r="O6" s="35" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="P6" s="35" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="Q6" s="35">
         <v>1</v>
       </c>
       <c r="R6" s="35" t="s">
         <v>55</v>
       </c>
       <c r="S6" s="36" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
     <row r="7" spans="1:19" ht="96" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="37">
         <v>2</v>
       </c>
       <c r="B7" s="38" t="s">
         <v>55</v>
       </c>
       <c r="C7" s="38" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="D7" s="38" t="s">
+        <v>105</v>
+      </c>
+      <c r="E7" s="38" t="s">
         <v>106</v>
       </c>
-      <c r="E7" s="38" t="s">
+      <c r="F7" s="38" t="s">
+        <v>148</v>
+      </c>
+      <c r="G7" s="38" t="s">
         <v>107</v>
-      </c>
-[...4 lines deleted...]
-        <v>108</v>
       </c>
       <c r="H7" s="38" t="s">
         <v>70</v>
       </c>
       <c r="I7" s="41">
         <v>45580</v>
       </c>
       <c r="J7" s="41"/>
       <c r="K7" s="38" t="s">
+        <v>108</v>
+      </c>
+      <c r="L7" s="38" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="M7" s="38">
         <v>0</v>
       </c>
       <c r="N7" s="38"/>
       <c r="O7" s="38" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="P7" s="38">
         <v>0</v>
       </c>
       <c r="Q7" s="38"/>
       <c r="R7" s="38"/>
       <c r="S7" s="39" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
     </row>
     <row r="8" spans="1:19" ht="57" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="37">
         <v>3</v>
       </c>
       <c r="B8" s="38" t="s">
         <v>56</v>
       </c>
       <c r="C8" s="38" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="D8" s="38" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="E8" s="38" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F8" s="76" t="s">
+        <v>114</v>
+      </c>
+      <c r="G8" s="38" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="H8" s="38" t="s">
         <v>66</v>
       </c>
       <c r="I8" s="41">
         <v>45792</v>
       </c>
       <c r="J8" s="41"/>
       <c r="K8" s="38" t="s">
+        <v>116</v>
+      </c>
+      <c r="L8" s="38" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="M8" s="38">
         <v>200</v>
       </c>
       <c r="N8" s="38"/>
       <c r="O8" s="38" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="P8" s="73">
         <v>1</v>
       </c>
       <c r="Q8" s="38"/>
       <c r="R8" s="38"/>
       <c r="S8" s="39"/>
     </row>
     <row r="9" spans="1:19" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="37">
         <v>4</v>
       </c>
       <c r="B9" s="38" t="s">
         <v>55</v>
       </c>
       <c r="C9" s="38" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="D9" s="38" t="s">
+        <v>120</v>
+      </c>
+      <c r="E9" s="74" t="s">
         <v>121</v>
       </c>
-      <c r="E9" s="74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="38" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="G9" s="75" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="H9" s="38" t="s">
         <v>69</v>
       </c>
       <c r="I9" s="41">
         <v>45641</v>
       </c>
       <c r="J9" s="41" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="K9" s="38" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="L9" s="38" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="M9" s="38">
         <v>800</v>
       </c>
       <c r="N9" s="38"/>
       <c r="O9" s="38"/>
       <c r="P9" s="38"/>
       <c r="Q9" s="38"/>
       <c r="R9" s="38"/>
       <c r="S9" s="39" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
     </row>
     <row r="10" spans="1:19" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="37"/>
       <c r="B10" s="38"/>
       <c r="C10" s="38"/>
       <c r="D10" s="38"/>
       <c r="E10" s="38"/>
       <c r="F10" s="77"/>
       <c r="G10" s="38"/>
       <c r="H10" s="38"/>
       <c r="I10" s="41" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J10" s="41"/>
       <c r="K10" s="38"/>
       <c r="L10" s="38"/>
       <c r="M10" s="38"/>
       <c r="N10" s="38"/>
       <c r="O10" s="38"/>
       <c r="P10" s="38"/>
       <c r="Q10" s="38"/>
       <c r="R10" s="38"/>
       <c r="S10" s="39"/>
     </row>
     <row r="11" spans="1:19" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="37"/>
       <c r="B11" s="38"/>
       <c r="C11" s="38"/>
       <c r="D11" s="38"/>
       <c r="E11" s="38"/>
       <c r="F11" s="38"/>
       <c r="G11" s="38"/>
       <c r="H11" s="38"/>
       <c r="I11" s="41" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J11" s="41"/>
       <c r="K11" s="38"/>
       <c r="L11" s="38"/>
       <c r="M11" s="38"/>
       <c r="N11" s="38"/>
       <c r="O11" s="38"/>
       <c r="P11" s="38"/>
       <c r="Q11" s="38"/>
       <c r="R11" s="38"/>
       <c r="S11" s="39"/>
     </row>
     <row r="12" spans="1:19" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="37"/>
       <c r="B12" s="38"/>
       <c r="C12" s="38"/>
       <c r="D12" s="38"/>
       <c r="E12" s="38"/>
       <c r="F12" s="38"/>
       <c r="G12" s="38"/>
       <c r="H12" s="38"/>
       <c r="I12" s="41" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J12" s="41"/>
       <c r="K12" s="38"/>
       <c r="L12" s="38"/>
       <c r="M12" s="38"/>
       <c r="N12" s="38"/>
       <c r="O12" s="38"/>
       <c r="P12" s="38"/>
       <c r="Q12" s="38"/>
       <c r="R12" s="38"/>
       <c r="S12" s="39"/>
     </row>
     <row r="13" spans="1:19" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="37"/>
       <c r="B13" s="38"/>
       <c r="C13" s="38"/>
       <c r="D13" s="38"/>
       <c r="E13" s="38"/>
       <c r="F13" s="38"/>
       <c r="G13" s="38"/>
       <c r="H13" s="38"/>
       <c r="I13" s="41" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J13" s="41"/>
       <c r="K13" s="38"/>
       <c r="L13" s="38"/>
       <c r="M13" s="38"/>
       <c r="N13" s="38"/>
       <c r="O13" s="38"/>
       <c r="P13" s="38"/>
       <c r="Q13" s="38"/>
       <c r="R13" s="38"/>
       <c r="S13" s="39"/>
     </row>
     <row r="14" spans="1:19" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="37"/>
       <c r="B14" s="38"/>
       <c r="C14" s="38"/>
       <c r="D14" s="38"/>
       <c r="E14" s="38"/>
       <c r="F14" s="38"/>
       <c r="G14" s="38"/>
       <c r="H14" s="38"/>
       <c r="I14" s="41" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J14" s="41"/>
       <c r="K14" s="38"/>
       <c r="L14" s="38"/>
       <c r="M14" s="38"/>
       <c r="N14" s="38"/>
       <c r="O14" s="38"/>
       <c r="P14" s="38"/>
       <c r="Q14" s="38"/>
       <c r="R14" s="38"/>
       <c r="S14" s="39"/>
     </row>
     <row r="15" spans="1:19" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="37"/>
       <c r="B15" s="38"/>
       <c r="C15" s="38"/>
       <c r="D15" s="38"/>
       <c r="E15" s="38"/>
       <c r="F15" s="38"/>
       <c r="G15" s="38"/>
       <c r="H15" s="38"/>
       <c r="I15" s="41" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J15" s="41"/>
       <c r="K15" s="38"/>
       <c r="L15" s="38"/>
       <c r="M15" s="38"/>
       <c r="N15" s="38"/>
       <c r="O15" s="38"/>
       <c r="P15" s="38"/>
       <c r="Q15" s="38"/>
       <c r="R15" s="38"/>
       <c r="S15" s="39"/>
     </row>
     <row r="16" spans="1:19" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="37"/>
       <c r="B16" s="38"/>
       <c r="C16" s="38"/>
       <c r="D16" s="38"/>
       <c r="E16" s="38"/>
       <c r="F16" s="38"/>
       <c r="G16" s="38"/>
       <c r="H16" s="38"/>
       <c r="I16" s="41" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J16" s="41"/>
       <c r="K16" s="38"/>
       <c r="L16" s="38"/>
       <c r="M16" s="38"/>
       <c r="N16" s="38"/>
       <c r="O16" s="38"/>
       <c r="P16" s="38"/>
       <c r="Q16" s="38"/>
       <c r="R16" s="38"/>
       <c r="S16" s="39"/>
     </row>
     <row r="17" spans="1:19" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="37"/>
       <c r="B17" s="38"/>
       <c r="C17" s="38"/>
       <c r="D17" s="38"/>
       <c r="E17" s="38"/>
       <c r="F17" s="38"/>
       <c r="G17" s="38"/>
       <c r="H17" s="38"/>
       <c r="I17" s="41" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J17" s="41"/>
       <c r="K17" s="38"/>
       <c r="L17" s="38"/>
       <c r="M17" s="38"/>
       <c r="N17" s="38"/>
       <c r="O17" s="38"/>
       <c r="P17" s="38"/>
       <c r="Q17" s="38"/>
       <c r="R17" s="38"/>
       <c r="S17" s="39"/>
     </row>
     <row r="18" spans="1:19" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="37"/>
       <c r="B18" s="38"/>
       <c r="C18" s="38"/>
       <c r="D18" s="38"/>
       <c r="E18" s="38"/>
       <c r="F18" s="38"/>
       <c r="G18" s="38"/>
       <c r="H18" s="38"/>
       <c r="I18" s="41" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J18" s="41"/>
       <c r="K18" s="38"/>
       <c r="L18" s="38"/>
       <c r="M18" s="38"/>
       <c r="N18" s="38"/>
       <c r="O18" s="38"/>
       <c r="P18" s="38"/>
       <c r="Q18" s="38"/>
       <c r="R18" s="38"/>
       <c r="S18" s="39"/>
     </row>
     <row r="19" spans="1:19" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="37"/>
       <c r="B19" s="38"/>
       <c r="C19" s="38"/>
       <c r="D19" s="38"/>
       <c r="E19" s="38"/>
       <c r="F19" s="38"/>
       <c r="G19" s="38"/>
       <c r="H19" s="38"/>
       <c r="I19" s="41" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J19" s="41"/>
       <c r="K19" s="38"/>
       <c r="L19" s="38"/>
       <c r="M19" s="38"/>
       <c r="N19" s="38"/>
       <c r="O19" s="38"/>
       <c r="P19" s="38"/>
       <c r="Q19" s="38"/>
       <c r="R19" s="38"/>
       <c r="S19" s="39"/>
     </row>
     <row r="20" spans="1:19" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="37"/>
       <c r="B20" s="38"/>
       <c r="C20" s="38"/>
       <c r="D20" s="38"/>
       <c r="E20" s="38"/>
       <c r="F20" s="38"/>
       <c r="G20" s="38"/>
       <c r="H20" s="38"/>
       <c r="I20" s="41" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J20" s="41"/>
       <c r="K20" s="38"/>
       <c r="L20" s="38"/>
       <c r="M20" s="38"/>
       <c r="N20" s="38"/>
       <c r="O20" s="38"/>
       <c r="P20" s="38"/>
       <c r="Q20" s="38"/>
       <c r="R20" s="38"/>
       <c r="S20" s="39"/>
     </row>
     <row r="21" spans="1:19" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="37"/>
       <c r="B21" s="38"/>
       <c r="C21" s="38"/>
       <c r="D21" s="38"/>
       <c r="E21" s="38"/>
       <c r="F21" s="38"/>
       <c r="G21" s="38"/>
       <c r="H21" s="38"/>
       <c r="I21" s="41" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J21" s="41"/>
       <c r="K21" s="38"/>
       <c r="L21" s="38"/>
       <c r="M21" s="38"/>
       <c r="N21" s="38"/>
       <c r="O21" s="38"/>
       <c r="P21" s="38"/>
       <c r="Q21" s="38"/>
       <c r="R21" s="38"/>
       <c r="S21" s="39"/>
     </row>
     <row r="22" spans="1:19" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="37"/>
       <c r="B22" s="38"/>
       <c r="C22" s="38"/>
       <c r="D22" s="38"/>
       <c r="E22" s="38"/>
       <c r="F22" s="38"/>
       <c r="G22" s="38"/>
       <c r="H22" s="38"/>
       <c r="I22" s="41" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J22" s="41"/>
       <c r="K22" s="38"/>
       <c r="L22" s="38"/>
       <c r="M22" s="38"/>
       <c r="N22" s="38"/>
       <c r="O22" s="38"/>
       <c r="P22" s="38"/>
       <c r="Q22" s="38"/>
       <c r="R22" s="38"/>
       <c r="S22" s="39"/>
     </row>
     <row r="23" spans="1:19" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="37"/>
       <c r="B23" s="38"/>
       <c r="C23" s="38"/>
       <c r="D23" s="38"/>
       <c r="E23" s="38"/>
       <c r="F23" s="38"/>
       <c r="G23" s="38"/>
       <c r="H23" s="38"/>
       <c r="I23" s="41" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J23" s="41"/>
       <c r="K23" s="38"/>
       <c r="L23" s="38"/>
       <c r="M23" s="38"/>
       <c r="N23" s="38"/>
       <c r="O23" s="38"/>
       <c r="P23" s="38"/>
       <c r="Q23" s="38"/>
       <c r="R23" s="38"/>
       <c r="S23" s="39"/>
     </row>
     <row r="24" spans="1:19" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="37"/>
       <c r="B24" s="38"/>
       <c r="C24" s="38"/>
       <c r="D24" s="38"/>
       <c r="E24" s="38"/>
       <c r="F24" s="38"/>
       <c r="G24" s="38"/>
       <c r="H24" s="38"/>
       <c r="I24" s="41" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J24" s="41"/>
       <c r="K24" s="38"/>
       <c r="L24" s="38"/>
       <c r="M24" s="38"/>
       <c r="N24" s="38"/>
       <c r="O24" s="38"/>
       <c r="P24" s="38"/>
       <c r="Q24" s="38"/>
       <c r="R24" s="38"/>
       <c r="S24" s="39"/>
     </row>
     <row r="25" spans="1:19" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="37"/>
       <c r="B25" s="38"/>
       <c r="C25" s="38"/>
       <c r="D25" s="38"/>
       <c r="E25" s="38"/>
       <c r="F25" s="38"/>
       <c r="G25" s="38"/>
       <c r="H25" s="38"/>
       <c r="I25" s="41" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J25" s="41"/>
       <c r="K25" s="38"/>
       <c r="L25" s="38"/>
       <c r="M25" s="38"/>
       <c r="N25" s="38"/>
       <c r="O25" s="38"/>
       <c r="P25" s="38"/>
       <c r="Q25" s="38"/>
       <c r="R25" s="38"/>
       <c r="S25" s="39"/>
     </row>
     <row r="26" spans="1:19" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="37"/>
       <c r="B26" s="38"/>
       <c r="C26" s="38"/>
       <c r="D26" s="38"/>
       <c r="E26" s="38"/>
       <c r="F26" s="38"/>
       <c r="G26" s="38"/>
       <c r="H26" s="38"/>
       <c r="I26" s="41" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J26" s="41"/>
       <c r="K26" s="38"/>
       <c r="L26" s="38"/>
       <c r="M26" s="38"/>
       <c r="N26" s="38"/>
       <c r="O26" s="38"/>
       <c r="P26" s="38"/>
       <c r="Q26" s="38"/>
       <c r="R26" s="38"/>
       <c r="S26" s="39"/>
     </row>
     <row r="27" spans="1:19" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="37"/>
       <c r="B27" s="38"/>
       <c r="C27" s="38"/>
       <c r="D27" s="38"/>
       <c r="E27" s="38"/>
       <c r="F27" s="38"/>
       <c r="G27" s="38"/>
       <c r="H27" s="38"/>
       <c r="I27" s="41" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J27" s="41"/>
       <c r="K27" s="38"/>
       <c r="L27" s="38"/>
       <c r="M27" s="38"/>
       <c r="N27" s="38"/>
       <c r="O27" s="38"/>
       <c r="P27" s="38"/>
       <c r="Q27" s="38"/>
       <c r="R27" s="38"/>
       <c r="S27" s="39"/>
     </row>
     <row r="28" spans="1:19" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="37"/>
       <c r="B28" s="38"/>
       <c r="C28" s="38"/>
       <c r="D28" s="38"/>
       <c r="E28" s="38"/>
       <c r="F28" s="38"/>
       <c r="G28" s="38"/>
       <c r="H28" s="38"/>
       <c r="I28" s="41" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J28" s="41"/>
       <c r="K28" s="38"/>
       <c r="L28" s="38"/>
       <c r="M28" s="38"/>
       <c r="N28" s="38"/>
       <c r="O28" s="38"/>
       <c r="P28" s="38"/>
       <c r="Q28" s="38"/>
       <c r="R28" s="38"/>
       <c r="S28" s="39"/>
     </row>
   </sheetData>
   <autoFilter ref="A5:S5" xr:uid="{9336D80A-300C-4885-9543-235204DF1421}"/>
   <mergeCells count="1">
     <mergeCell ref="B3:C3"/>
   </mergeCells>
   <conditionalFormatting sqref="I6:I28">
     <cfRule type="cellIs" dxfId="3" priority="4" operator="lessThan">
       <formula>$B$3</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" scale="70" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
@@ -8984,109 +8987,109 @@
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{85F0E9C6-CC22-49FA-BA4A-CE6912C98D7A}">
   <sheetPr codeName="Feuil8">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:O20"/>
   <sheetViews>
     <sheetView view="pageLayout" topLeftCell="A10" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:O1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.28515625" customWidth="1"/>
     <col min="2" max="2" width="31" customWidth="1"/>
     <col min="3" max="3" width="20.42578125" customWidth="1"/>
     <col min="12" max="12" width="14.140625" customWidth="1"/>
     <col min="13" max="13" width="15.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="113" t="s">
-[...15 lines deleted...]
-      <c r="O1" s="113"/>
+      <c r="A1" s="148" t="s">
+        <v>76</v>
+      </c>
+      <c r="B1" s="148"/>
+      <c r="C1" s="148"/>
+      <c r="D1" s="148"/>
+      <c r="E1" s="148"/>
+      <c r="F1" s="148"/>
+      <c r="G1" s="148"/>
+      <c r="H1" s="148"/>
+      <c r="I1" s="148"/>
+      <c r="J1" s="148"/>
+      <c r="K1" s="148"/>
+      <c r="L1" s="148"/>
+      <c r="M1" s="148"/>
+      <c r="N1" s="148"/>
+      <c r="O1" s="148"/>
     </row>
     <row r="2" spans="1:15" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="156" t="s">
-[...15 lines deleted...]
-      <c r="O2" s="157"/>
+      <c r="A2" s="157" t="s">
+        <v>131</v>
+      </c>
+      <c r="B2" s="158"/>
+      <c r="C2" s="158"/>
+      <c r="D2" s="158"/>
+      <c r="E2" s="158"/>
+      <c r="F2" s="158"/>
+      <c r="G2" s="158"/>
+      <c r="H2" s="158"/>
+      <c r="I2" s="158"/>
+      <c r="J2" s="158"/>
+      <c r="K2" s="158"/>
+      <c r="L2" s="158"/>
+      <c r="M2" s="158"/>
+      <c r="N2" s="158"/>
+      <c r="O2" s="158"/>
     </row>
     <row r="3" spans="1:15" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A3" s="6"/>
       <c r="B3" s="6"/>
     </row>
     <row r="4" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A4" s="42"/>
       <c r="B4" s="42"/>
       <c r="C4" s="42"/>
-      <c r="D4" s="155">
+      <c r="D4" s="156">
         <v>2025</v>
       </c>
-      <c r="E4" s="155"/>
-[...9 lines deleted...]
-      <c r="O4" s="155"/>
+      <c r="E4" s="156"/>
+      <c r="F4" s="156"/>
+      <c r="G4" s="156"/>
+      <c r="H4" s="156"/>
+      <c r="I4" s="156"/>
+      <c r="J4" s="156"/>
+      <c r="K4" s="156"/>
+      <c r="L4" s="156"/>
+      <c r="M4" s="156"/>
+      <c r="N4" s="156"/>
+      <c r="O4" s="156"/>
     </row>
     <row r="5" spans="1:15" ht="30" x14ac:dyDescent="0.25">
       <c r="A5" s="79" t="s">
         <v>32</v>
       </c>
       <c r="B5" s="80" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="81" t="s">
         <v>42</v>
       </c>
       <c r="D5" s="82">
         <v>45658</v>
       </c>
       <c r="E5" s="82">
         <v>45689</v>
       </c>
       <c r="F5" s="82">
         <v>45717</v>
       </c>
       <c r="G5" s="82">
         <v>45748</v>
       </c>
       <c r="H5" s="82">
         <v>45778</v>
@@ -9096,84 +9099,84 @@
       </c>
       <c r="J5" s="82">
         <v>45839</v>
       </c>
       <c r="K5" s="82">
         <v>45870</v>
       </c>
       <c r="L5" s="82">
         <v>45901</v>
       </c>
       <c r="M5" s="82">
         <v>45931</v>
       </c>
       <c r="N5" s="82">
         <v>45962</v>
       </c>
       <c r="O5" s="83">
         <v>45992</v>
       </c>
     </row>
     <row r="6" spans="1:15" ht="60" x14ac:dyDescent="0.25">
       <c r="A6" s="78">
         <v>2</v>
       </c>
       <c r="B6" s="33" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="C6" s="48">
         <v>45945</v>
       </c>
       <c r="D6" s="84" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="E6" s="84"/>
       <c r="F6" s="84"/>
       <c r="G6" s="85" t="s">
+        <v>127</v>
+      </c>
+      <c r="H6" s="84" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="I6" s="84"/>
       <c r="J6" s="84"/>
       <c r="K6" s="84"/>
       <c r="L6" s="84" t="s">
+        <v>129</v>
+      </c>
+      <c r="M6" s="85" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="N6" s="86"/>
       <c r="O6" s="87"/>
     </row>
     <row r="7" spans="1:15" ht="45" x14ac:dyDescent="0.25">
       <c r="A7" s="78">
         <v>3</v>
       </c>
       <c r="B7" s="33" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="C7" s="48">
         <v>45731</v>
       </c>
       <c r="D7" s="84"/>
       <c r="E7" s="84"/>
       <c r="F7" s="84"/>
       <c r="G7" s="86"/>
       <c r="H7" s="86"/>
       <c r="I7" s="86"/>
       <c r="J7" s="86"/>
       <c r="K7" s="86"/>
       <c r="L7" s="86"/>
       <c r="M7" s="86"/>
       <c r="N7" s="86"/>
       <c r="O7" s="87"/>
     </row>
     <row r="8" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A8" s="47"/>
       <c r="B8" s="33"/>
       <c r="C8" s="48"/>
       <c r="D8" s="27"/>
       <c r="E8" s="27"/>
       <c r="F8" s="27"/>
       <c r="G8" s="27"/>