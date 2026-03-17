--- v0 (2025-10-16)
+++ v1 (2026-03-17)
@@ -1,165 +1,139 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.ms-word.attachedToolbars"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/customizations.xml" ContentType="application/vnd.ms-word.keyMapCustomizations+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="28AF6EC3" w14:textId="6ABD4EDC" w:rsidR="00EC4D46" w:rsidRDefault="00EC4D46" w:rsidP="00397E4E"/>
     <w:p w14:paraId="6D38EDDA" w14:textId="01349C63" w:rsidR="00397E4E" w:rsidRDefault="00397E4E" w:rsidP="00397E4E"/>
     <w:p w14:paraId="3C09BB2F" w14:textId="6095BC14" w:rsidR="00397E4E" w:rsidRDefault="00397E4E" w:rsidP="00397E4E"/>
     <w:p w14:paraId="404C9CE8" w14:textId="37DCE9AB" w:rsidR="008B07D9" w:rsidRPr="008B07D9" w:rsidRDefault="008B07D9" w:rsidP="008B07D9">
       <w:pPr>
         <w:pStyle w:val="En-ttedetabledesmatires"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="352EE4D8" w14:textId="03326B57" w:rsidR="00223DA3" w:rsidRPr="00BA6F9C" w:rsidRDefault="00223DA3" w:rsidP="00BA6F9C">
+    <w:p w14:paraId="352EE4D8" w14:textId="314D9153" w:rsidR="00223DA3" w:rsidRPr="00BA6F9C" w:rsidRDefault="00223DA3" w:rsidP="00BA6F9C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA6F9C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>BON DE COMMANDE</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidR="00EB2C9A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="57AF31" w:themeColor="accent1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="30"/>
         </w:rPr>
+        <w:t xml:space="preserve"> 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AC34DC7" w14:textId="77777777" w:rsidR="00BA6F9C" w:rsidRPr="004F403C" w:rsidRDefault="00BA6F9C" w:rsidP="00BA6F9C"/>
+    <w:p w14:paraId="2C149461" w14:textId="5A83935E" w:rsidR="00BA6F9C" w:rsidRPr="004F403C" w:rsidRDefault="00601184" w:rsidP="004948A2">
+      <w:pPr>
+        <w:pStyle w:val="Encadranthracite"/>
       </w:pPr>
       <w:r w:rsidRPr="004F403C">
-        <w:rPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>MANIPULATION DES EXTINCTEURS</w:t>
       </w:r>
-    </w:p>
-[...19 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="004948A2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA6F9C">
         <w:t>AU CENTRE DE GESTION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="294F9C7C" w14:textId="77777777" w:rsidR="0076675E" w:rsidRPr="00ED5A81" w:rsidRDefault="0076675E" w:rsidP="0076675E"/>
-    <w:p w14:paraId="6EF7C003" w14:textId="77777777" w:rsidR="00223DA3" w:rsidRPr="00013A85" w:rsidRDefault="00223DA3" w:rsidP="00DE5028">
+    <w:p w14:paraId="6EF7C003" w14:textId="77777777" w:rsidR="00223DA3" w:rsidRPr="00013A85" w:rsidRDefault="00223DA3" w:rsidP="0021307A">
       <w:pPr>
         <w:pStyle w:val="EncadrGrisClair"/>
-        <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00013A85">
         <w:t>IDENTITÉ DE L</w:t>
       </w:r>
       <w:r>
         <w:t>’AGENT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="318E12B3" w14:textId="77777777" w:rsidR="00223DA3" w:rsidRDefault="00223DA3" w:rsidP="00223DA3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="9639"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32702E2D" w14:textId="0C26EB62" w:rsidR="00223DA3" w:rsidRPr="00013A85" w:rsidRDefault="00705A05" w:rsidP="00223DA3">
+    <w:p w14:paraId="32702E2D" w14:textId="0C26EB62" w:rsidR="00223DA3" w:rsidRPr="00013A85" w:rsidRDefault="00247B2E" w:rsidP="00223DA3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="9639"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="822006307"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
@@ -326,54 +300,53 @@
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>_ _ _</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="3575EA92" w14:textId="77777777" w:rsidR="00223DA3" w:rsidRPr="00545E81" w:rsidRDefault="00223DA3" w:rsidP="00223DA3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="9639"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52177761" w14:textId="16474C5C" w:rsidR="00223DA3" w:rsidRPr="00013A85" w:rsidRDefault="00223DA3" w:rsidP="00DE5028">
+    <w:p w14:paraId="52177761" w14:textId="16474C5C" w:rsidR="00223DA3" w:rsidRPr="00013A85" w:rsidRDefault="00223DA3" w:rsidP="0021307A">
       <w:pPr>
         <w:pStyle w:val="EncadrGrisClair"/>
-        <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00013A85">
         <w:t>IDENTITÉ COLLECTIVITÉ / ÉTABLISSEMENT PUBLIC</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="694BB202" w14:textId="77777777" w:rsidR="00223DA3" w:rsidRPr="00013A85" w:rsidRDefault="00223DA3" w:rsidP="00223DA3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="17F8D48A" w14:textId="77777777" w:rsidR="00223DA3" w:rsidRPr="00013A85" w:rsidRDefault="00223DA3" w:rsidP="00223DA3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="9639"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="FFFFFF"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
@@ -428,173 +401,88 @@
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-1299684233"/>
           <w:placeholder>
             <w:docPart w:val="2C66AC4923EE4BD380606914958A434B"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00C716A0">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve">_ _ _ </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="1FEE47EE" w14:textId="77777777" w:rsidR="00223DA3" w:rsidRPr="00EE697A" w:rsidRDefault="00223DA3" w:rsidP="00223DA3">
-[...41 lines deleted...]
-    </w:p>
     <w:p w14:paraId="134A312F" w14:textId="77777777" w:rsidR="00223DA3" w:rsidRPr="00013A85" w:rsidRDefault="00223DA3" w:rsidP="00223DA3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="9639"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00013A85">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Nom du responsable formation : </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-1911228699"/>
           <w:placeholder>
             <w:docPart w:val="CAF9F4C391344904AE4BD917CCFC86D5"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00046376">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve">_ _ _ </w:t>
-          </w:r>
-[...40 lines deleted...]
-            <w:t xml:space="preserve">_ _ _   </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="58996148" w14:textId="77777777" w:rsidR="00223DA3" w:rsidRDefault="00223DA3" w:rsidP="00223DA3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="9639"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00013A85">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>e-mail</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00013A85">
@@ -606,1280 +494,1283 @@
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="1504860838"/>
           <w:placeholder>
             <w:docPart w:val="EA3ED1164CA54149A1CC1B290DF0026F"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="000B4FB7">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve">_ _ _  </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="0F35FE98" w14:textId="77777777" w:rsidR="00223DA3" w:rsidRDefault="00223DA3" w:rsidP="00223DA3">
-[...92 lines deleted...]
-    </w:sdt>
     <w:p w14:paraId="7A63E6A2" w14:textId="77777777" w:rsidR="00223DA3" w:rsidRDefault="00223DA3" w:rsidP="00223DA3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63B53941" w14:textId="4FDE3247" w:rsidR="00223DA3" w:rsidRDefault="009C1DF9" w:rsidP="004F403C">
+    <w:p w14:paraId="63B53941" w14:textId="0F820F4C" w:rsidR="00223DA3" w:rsidRDefault="004948A2" w:rsidP="0021307A">
       <w:pPr>
         <w:pStyle w:val="EncadrGrisClair"/>
-        <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:t>Choix</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> de session</w:t>
+        <w:t>SESSION CHOISIE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DE0B648" w14:textId="77777777" w:rsidR="00601184" w:rsidRDefault="00601184" w:rsidP="00223DA3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableauGrille5Fonc"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2722"/>
         <w:gridCol w:w="2657"/>
         <w:gridCol w:w="2446"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EE697A" w14:paraId="1FD92BB5" w14:textId="77777777" w:rsidTr="009654F2">
+      <w:tr w:rsidR="00EE697A" w14:paraId="1FD92BB5" w14:textId="77777777" w:rsidTr="00EB2C9A">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-          <w:trHeight w:val="340"/>
+          <w:trHeight w:val="685"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2722" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B353CCB" w14:textId="714C825E" w:rsidR="00EE697A" w:rsidRDefault="00EE697A" w:rsidP="00EE697A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75CE16AA" w14:textId="77777777" w:rsidR="00EE697A" w:rsidRDefault="00EE697A" w:rsidP="00EE697A">
+          <w:p w14:paraId="75CE16AA" w14:textId="77777777" w:rsidR="00EE697A" w:rsidRPr="00EB2C9A" w:rsidRDefault="00EE697A" w:rsidP="00EE697A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00EB2C9A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
-                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Matin</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="246A2F09" w14:textId="76F4AE59" w:rsidR="009654F2" w:rsidRDefault="009654F2" w:rsidP="00EE697A">
+          <w:p w14:paraId="246A2F09" w14:textId="76F4AE59" w:rsidR="009654F2" w:rsidRPr="00EB2C9A" w:rsidRDefault="009654F2" w:rsidP="00EE697A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
-                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00EB2C9A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
-                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>08h30 à 12h00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2446" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53E71611" w14:textId="77777777" w:rsidR="00EE697A" w:rsidRDefault="00EE697A" w:rsidP="00EE697A">
+          <w:p w14:paraId="53E71611" w14:textId="77777777" w:rsidR="00EE697A" w:rsidRPr="00EB2C9A" w:rsidRDefault="00EE697A" w:rsidP="00EE697A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00EB2C9A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
-                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Après-midi</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="189B2657" w14:textId="2C9B5565" w:rsidR="009654F2" w:rsidRDefault="009654F2" w:rsidP="00EE697A">
+          <w:p w14:paraId="189B2657" w14:textId="2C9B5565" w:rsidR="009654F2" w:rsidRPr="00EB2C9A" w:rsidRDefault="009654F2" w:rsidP="00EE697A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
-                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00EB2C9A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
-                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>13h30 à 17h00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE697A" w14:paraId="1CD6B89F" w14:textId="77777777" w:rsidTr="009654F2">
+      <w:tr w:rsidR="0021307A" w14:paraId="1CD6B89F" w14:textId="77777777" w:rsidTr="00EB2C9A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2722" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A1C841D" w14:textId="26FB3838" w:rsidR="00EE697A" w:rsidRDefault="00844F02" w:rsidP="00EE697A">
+          <w:p w14:paraId="7A1C841D" w14:textId="40E1FE8C" w:rsidR="0021307A" w:rsidRPr="00EB2C9A" w:rsidRDefault="0021307A" w:rsidP="0021307A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
-                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00EB2C9A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
-                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lundi 15 </w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> 2025</w:t>
+              <w:t>Jeudi 30 avril 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33054818" w14:textId="6234B77E" w:rsidR="00EE697A" w:rsidRDefault="00705A05" w:rsidP="00EE697A">
+          <w:p w14:paraId="33054818" w14:textId="7C5F9091" w:rsidR="0021307A" w:rsidRPr="0021307A" w:rsidRDefault="0021307A" w:rsidP="0021307A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
+                <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1997178257"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00545E81">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:b/>
+                    <w:bCs/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2446" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CAB886C" w14:textId="0BD155B5" w:rsidR="00EE697A" w:rsidRDefault="00705A05" w:rsidP="00EE697A">
+          <w:p w14:paraId="6CAB886C" w14:textId="5177B868" w:rsidR="0021307A" w:rsidRPr="0021307A" w:rsidRDefault="0021307A" w:rsidP="0021307A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
+                <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
-                <w:id w:val="-957326164"/>
+                <w:id w:val="-1302917477"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00EE697A">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0021307A" w14:paraId="408FD2A3" w14:textId="77777777" w:rsidTr="00EB2C9A">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2722" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10D9FDC6" w14:textId="6E21BCC5" w:rsidR="0021307A" w:rsidRDefault="0021307A" w:rsidP="0021307A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Mercredi 10 juin 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15E93EBE" w14:textId="69FAF935" w:rsidR="0021307A" w:rsidRDefault="0021307A" w:rsidP="0021307A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="316159905"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2446" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3018C023" w14:textId="29219C0C" w:rsidR="0021307A" w:rsidRDefault="0021307A" w:rsidP="0021307A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="1997911077"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:b/>
+                    <w:bCs/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="468B1310" w14:textId="77777777" w:rsidR="004F403C" w:rsidRPr="004F403C" w:rsidRDefault="004F403C" w:rsidP="00EE697A">
-[...9 lines deleted...]
-    </w:p>
     <w:p w14:paraId="29650CC3" w14:textId="77777777" w:rsidR="009C1DF9" w:rsidRDefault="009C1DF9" w:rsidP="00EE697A">
       <w:pPr>
         <w:ind w:left="5672" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4553C622" w14:textId="77777777" w:rsidR="009C1DF9" w:rsidRDefault="009C1DF9" w:rsidP="00EE697A">
+    <w:p w14:paraId="120FAABD" w14:textId="4D1E283A" w:rsidR="0021307A" w:rsidRPr="0021307A" w:rsidRDefault="0021307A" w:rsidP="0021307A">
       <w:pPr>
-        <w:ind w:left="5672" w:firstLine="709"/>
+        <w:pStyle w:val="EncadrGrisClair"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0021307A">
+        <w:t>VISA DE L’AUTORITE TERRITORIAL</w:t>
+      </w:r>
+      <w:r>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021307A">
+        <w:t xml:space="preserve"> OU DELEGATAIRE HABILITE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6187BFCB" w14:textId="77777777" w:rsidR="0021307A" w:rsidRPr="00013A85" w:rsidRDefault="0021307A" w:rsidP="0021307A">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="18"/>
-          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E65135C" w14:textId="77777777" w:rsidR="009C1DF9" w:rsidRDefault="009C1DF9" w:rsidP="00EE697A">
+    <w:p w14:paraId="2FD5AD4F" w14:textId="77777777" w:rsidR="0021307A" w:rsidRPr="00013A85" w:rsidRDefault="0021307A" w:rsidP="0021307A">
       <w:pPr>
-        <w:ind w:left="5672" w:firstLine="709"/>
-[...30 lines deleted...]
-        <w:ind w:left="5672" w:firstLine="709"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="9639"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00013A85">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>NOM :</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:id w:val="-194390149"/>
+          <w:id w:val="-1705328891"/>
           <w:placeholder>
-            <w:docPart w:val="6B27CE1F383347559C179BE2CE66B01F"/>
+            <w:docPart w:val="E82A9D966185436A80D17549D9F984D3"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00B2230B">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve">_ _ _ </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="717AD06E" w14:textId="339BF900" w:rsidR="00223DA3" w:rsidRPr="00013A85" w:rsidRDefault="00223DA3" w:rsidP="00223DA3">
+    <w:p w14:paraId="7B4AB7C1" w14:textId="77777777" w:rsidR="0021307A" w:rsidRPr="00013A85" w:rsidRDefault="0021307A" w:rsidP="0021307A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F9B0C2B" w14:textId="77777777" w:rsidR="00223DA3" w:rsidRDefault="00223DA3" w:rsidP="00223DA3">
+    <w:p w14:paraId="7C78734D" w14:textId="77777777" w:rsidR="0021307A" w:rsidRDefault="0021307A" w:rsidP="0021307A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00013A85">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Fait le</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00013A85">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:id w:val="206456324"/>
+          <w:id w:val="-1832053959"/>
           <w:placeholder>
-            <w:docPart w:val="A3733A2F10D848B58640E9AEC02BA308"/>
+            <w:docPart w:val="019F7F14C761453D99B855A767124F86"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00335E68">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve">_ _ _ </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="73E4FBB8" w14:textId="77777777" w:rsidR="00223DA3" w:rsidRPr="00927705" w:rsidRDefault="00223DA3" w:rsidP="004F403C">
+    <w:p w14:paraId="33EC4B7B" w14:textId="77777777" w:rsidR="0021307A" w:rsidRDefault="0021307A" w:rsidP="0021307A">
       <w:pPr>
-        <w:ind w:left="5672" w:firstLine="709"/>
+        <w:ind w:left="7090"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
           <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00927705">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Signature et cachet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3299B250" w14:textId="77777777" w:rsidR="00223DA3" w:rsidRPr="002B5FAB" w:rsidRDefault="00223DA3" w:rsidP="00223DA3">
-[...7 lines deleted...]
-    <w:p w14:paraId="6FC61BFF" w14:textId="64C1CE18" w:rsidR="00151AB7" w:rsidRDefault="00151AB7" w:rsidP="004E4678">
+    <w:p w14:paraId="0B1886ED" w14:textId="77777777" w:rsidR="0021307A" w:rsidRDefault="0021307A" w:rsidP="0021307A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B9A542B" w14:textId="77777777" w:rsidR="002B5FAB" w:rsidRPr="002B5FAB" w:rsidRDefault="002B5FAB" w:rsidP="002B5FAB">
+    <w:p w14:paraId="67AAD3D6" w14:textId="77777777" w:rsidR="004948A2" w:rsidRDefault="004948A2" w:rsidP="0021307A">
       <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5045D7A9" w14:textId="77777777" w:rsidR="004948A2" w:rsidRPr="004948A2" w:rsidRDefault="004948A2" w:rsidP="0021307A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="213602DA" w14:textId="77777777" w:rsidR="004948A2" w:rsidRPr="004948A2" w:rsidRDefault="004948A2" w:rsidP="0021307A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CED0411" w14:textId="0730BC38" w:rsidR="0021307A" w:rsidRPr="00383A97" w:rsidRDefault="0021307A" w:rsidP="0021307A">
+      <w:pPr>
+        <w:pStyle w:val="Encadranthracite"/>
+      </w:pPr>
+      <w:r>
+        <w:t>CONDITIONS GENERALES</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BC1F24A" w14:textId="77777777" w:rsidR="0021307A" w:rsidRPr="004B3328" w:rsidRDefault="0021307A" w:rsidP="0021307A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tableaufinancier"/>
+        <w:tblW w:w="9696" w:type="dxa"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3828"/>
+        <w:gridCol w:w="5868"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0021307A" w:rsidRPr="00383A97" w14:paraId="11ABCBB9" w14:textId="77777777" w:rsidTr="00394197">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D1A9276" w14:textId="77777777" w:rsidR="0021307A" w:rsidRPr="00383A97" w:rsidRDefault="0021307A" w:rsidP="00394197">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Hlk216099723"/>
+            <w:r w:rsidRPr="00383A97">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Coût pédagogique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> PAR AGENT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5868" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F718945" w14:textId="2AF59A97" w:rsidR="0021307A" w:rsidRPr="00383A97" w:rsidRDefault="0021307A" w:rsidP="00394197">
+            <w:pPr>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C339F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00383A97">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,00 € </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0021307A" w:rsidRPr="00383A97" w14:paraId="5409E6F9" w14:textId="77777777" w:rsidTr="00394197">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="06B33FC4" w14:textId="77777777" w:rsidR="0021307A" w:rsidRPr="00383A97" w:rsidRDefault="0021307A" w:rsidP="00394197">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DUR</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F90D90">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:bCs/>
+                <w:caps/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>é</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>E DE LA FORMATION</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5868" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25A20797" w14:textId="4D6FABA2" w:rsidR="0021307A" w:rsidRPr="00383A97" w:rsidRDefault="0021307A" w:rsidP="00394197">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3h30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0021307A" w:rsidRPr="00383A97" w14:paraId="2406CB28" w14:textId="77777777" w:rsidTr="00394197">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1AEEC45D" w14:textId="77777777" w:rsidR="0021307A" w:rsidRDefault="0021307A" w:rsidP="00394197">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ANNULATION – </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54EFD875" w14:textId="77777777" w:rsidR="0021307A" w:rsidRPr="00383A97" w:rsidRDefault="0021307A" w:rsidP="00394197">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F90D90">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:bCs/>
+                <w:caps/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>é</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>LAI DE PR</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F90D90">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:bCs/>
+                <w:caps/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>é</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>VENANCE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5868" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="104FF4F2" w14:textId="77777777" w:rsidR="0021307A" w:rsidRDefault="0021307A" w:rsidP="00394197">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383A97">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00383A97">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>semaines</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00383A97">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C339F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">minimum </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00383A97">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>avant le début</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C339F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de la formation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6674A5BA" w14:textId="77777777" w:rsidR="0021307A" w:rsidRPr="00F90D90" w:rsidRDefault="0021307A" w:rsidP="00394197">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00383A97">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Aucune</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00383A97">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00383A97">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>exonération</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00383A97">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> en </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00383A97">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>cas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00383A97">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00383A97">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>d’annulation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00383A97">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> hors </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00383A97">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>délai</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00383A97">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00383A97">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>sauf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00383A97">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00383A97">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>arrêt</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00383A97">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de travail </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00383A97">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>justifié</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2A00F2EE" w14:textId="77777777" w:rsidR="004948A2" w:rsidRPr="004948A2" w:rsidRDefault="004948A2" w:rsidP="0021307A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk216099784"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="7A69A088" w14:textId="3018299B" w:rsidR="0021307A" w:rsidRPr="002B5FAB" w:rsidRDefault="0021307A" w:rsidP="0021307A">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00F90D90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Contact</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> : Géraldine LEVIER - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B3328">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
-[...508 lines deleted...]
-        </mc:AlternateContent>
+        <w:t>geraldine.levier@cdg72.fr</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="336E6388" w14:textId="5EDE8560" w:rsidR="00397E4E" w:rsidRPr="002B5FAB" w:rsidRDefault="00B4114A" w:rsidP="00397E4E">
-[...75 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId15"/>
+    <w:sectPr w:rsidR="0021307A" w:rsidRPr="002B5FAB" w:rsidSect="007817C6">
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/customizations.xml><?xml version="1.0" encoding="utf-8"?>
 <wne:tcg xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <wne:toolbars>
     <wne:toolbarData r:id="rId1"/>
   </wne:toolbars>
 </wne:tcg>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="15B2FC0B" w14:textId="77777777" w:rsidR="008652C6" w:rsidRDefault="008652C6" w:rsidP="00285FB3">
+    <w:p w14:paraId="145FB828" w14:textId="77777777" w:rsidR="00247B2E" w:rsidRDefault="00247B2E" w:rsidP="00285FB3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="439D736E" w14:textId="77777777" w:rsidR="008652C6" w:rsidRDefault="008652C6" w:rsidP="00285FB3">
+    <w:p w14:paraId="28ADC720" w14:textId="77777777" w:rsidR="00247B2E" w:rsidRDefault="00247B2E" w:rsidP="00285FB3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -1909,60 +1800,62 @@
     <w:charset w:val="4D"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DIN">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="800000A7" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000009" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
+    <w:altName w:val="Arial Unicode MS"/>
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DIN-Regular">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialNarrow-Bold">
     <w:altName w:val="Arial Narrow"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Rockwell">
     <w:panose1 w:val="02060603020205020403"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
@@ -2073,51 +1966,51 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="454C3448" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Zone de texte 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:595.3pt;height:36.85pt;z-index:-251646464;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-left-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-left-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCxR226CgIAAPYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgJkrQ14hRdugwD&#10;ugvQ9QNkWY6FyaJGKbGzrx8lu2m2vg3Tg0CK1BF5eLS+7VvDjgq9Blvw2WTKmbISKm33BX/6vnt3&#10;zZkPwlbCgFUFPynPbzdv36w7l6s5NGAqhYxArM87V/AmBJdnmZeNaoWfgFOWgjVgKwK5uM8qFB2h&#10;tyabT6errAOsHIJU3tPp/RDkm4Rf10qGr3XtVWCm4FRbSDumvYx7tlmLfI/CNVqOZYh/qKIV2tKj&#10;Z6h7EQQ7oH4F1WqJ4KEOEwltBnWtpUo9UDez6V/dPDbCqdQLkePdmSb//2Dll+Oj+4Ys9O+hpwGm&#10;Jrx7APnDMwvbRti9ukOErlGioodnkbKscz4fr0aqfe4jSNl9hoqGLA4BElBfYxtZoT4ZodMATmfS&#10;VR+YpMOr5WpKizNJscXqOtrxCZE/33bow0cFLYtGwZGGmtDF8cGHIfU5JT7mwehqp41JDu7LrUF2&#10;FCSAXVoj+h9pxrKu4DfL+TIhW4j3kzZaHUigRrcFj6UNxYk8svHBViklCG0Gm4o2dqQnMjJwE/qy&#10;p8RIUwnViYhCGIRIH4eMBvAXZx2JsOD+50Gg4sx8skT2zWyxiKpNzmJ5NScHLyPlZURYSVAFD5wN&#10;5jYkpUceLNzRUGqd+HqpZKyVxJUYHz9CVO+ln7JevuvmNwAAAP//AwBQSwMEFAAGAAgAAAAhAEge&#10;6VvcAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe8F/8Mygrd2UwNtjZmUUtBj1bYW&#10;vG2zYxLcnQ3ZTRr/vVsvehl4vMd73+Tr0RoxUOcbxwjzWQKCuHS64QrheHiarkD4oFgr45gQvsnD&#10;uriZ5CrT7sJvNOxDJWIJ+0wh1CG0mZS+rMkqP3MtcfQ+XWdViLKrpO7UJZZbI++TZCGtajgu1Kql&#10;bU3l1763CC/pu/e75nTahOdt/7F7Tc2wYsS723HzCCLQGP7CcMWP6FBEprPrWXthEOIj4fdevflD&#10;sgBxRlimS5BFLv/TFz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAsUdtugoCAAD2AwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEASB7pW9wAAAAF&#10;AQAADwAAAAAAAAAAAAAAAABkBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAG0FAAAA&#10;AA==&#10;" stroked="f">
+            <v:shape id="Zone de texte 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:595.3pt;height:36.85pt;z-index:-251646464;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-left-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-left-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCxR226CgIAAPYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgJkrQ14hRdugwD&#10;ugvQ9QNkWY6FyaJGKbGzrx8lu2m2vg3Tg0CK1BF5eLS+7VvDjgq9Blvw2WTKmbISKm33BX/6vnt3&#10;zZkPwlbCgFUFPynPbzdv36w7l6s5NGAqhYxArM87V/AmBJdnmZeNaoWfgFOWgjVgKwK5uM8qFB2h&#10;tyabT6errAOsHIJU3tPp/RDkm4Rf10qGr3XtVWCm4FRbSDumvYx7tlmLfI/CNVqOZYh/qKIV2tKj&#10;Z6h7EQQ7oH4F1WqJ4KEOEwltBnWtpUo9UDez6V/dPDbCqdQLkePdmSb//2Dll+Oj+4Ys9O+hpwGm&#10;Jrx7APnDMwvbRti9ukOErlGioodnkbKscz4fr0aqfe4jSNl9hoqGLA4BElBfYxtZoT4ZodMATmfS&#10;VR+YpMOr5WpKizNJscXqOtrxCZE/33bow0cFLYtGwZGGmtDF8cGHIfU5JT7mwehqp41JDu7LrUF2&#10;FCSAXVoj+h9pxrKu4DfL+TIhW4j3kzZaHUigRrcFj6UNxYk8svHBViklCG0Gm4o2dqQnMjJwE/qy&#10;p8RIUwnViYhCGIRIH4eMBvAXZx2JsOD+50Gg4sx8skT2zWyxiKpNzmJ5NScHLyPlZURYSVAFD5wN&#10;5jYkpUceLNzRUGqd+HqpZKyVxJUYHz9CVO+ln7JevuvmNwAAAP//AwBQSwMEFAAGAAgAAAAhAEge&#10;6VvcAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe8F/8Mygrd2UwNtjZmUUtBj1bYW&#10;vG2zYxLcnQ3ZTRr/vVsvehl4vMd73+Tr0RoxUOcbxwjzWQKCuHS64QrheHiarkD4oFgr45gQvsnD&#10;uriZ5CrT7sJvNOxDJWIJ+0wh1CG0mZS+rMkqP3MtcfQ+XWdViLKrpO7UJZZbI++TZCGtajgu1Kql&#10;bU3l1763CC/pu/e75nTahOdt/7F7Tc2wYsS723HzCCLQGP7CcMWP6FBEprPrWXthEOIj4fdevflD&#10;sgBxRlimS5BFLv/TFz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAsUdtugoCAAD2AwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEASB7pW9wAAAAF&#10;AQAADwAAAAAAAAAAAAAAAABkBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAG0FAAAA&#10;AA==&#10;" stroked="f">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="2AC6E1D3" w14:textId="77777777" w:rsidR="00BB171C" w:rsidRPr="00293ECE" w:rsidRDefault="00BB171C" w:rsidP="005A07B6">
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:color w:val="3C3C3B" w:themeColor="text1"/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00293ECE">
                       <w:rPr>
                         <w:color w:val="3C3C3B" w:themeColor="text1"/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                       <w:t>3, rue Paul Beldant</w:t>
                     </w:r>
                     <w:r w:rsidR="00EB7D59" w:rsidRPr="00293ECE">
                       <w:rPr>
                         <w:color w:val="3C3C3B" w:themeColor="text1"/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> – 72014 Le Mans Cedex 2 – Tel 02 43 24 25 72</w:t>
                     </w:r>
                   </w:p>
@@ -2216,51 +2109,51 @@
                               <a:outerShdw dist="25400" dir="5400000" algn="ctr" rotWithShape="0">
                                 <a:srgbClr val="808080">
                                   <a:alpha val="35001"/>
                                 </a:srgbClr>
                               </a:outerShdw>
                             </a:effectLst>
                           </a14:hiddenEffects>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="7EF69BB7" id="Line 11" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251660800;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-6.65pt,579pt" to="25.7pt,579pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD4z3WZ0AEAAJUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadJqi0rUdA9dFg4L&#10;VNrlB7j+SCxsj2W7TfrvGTttWOCGuFjjGc/zm+fn7f1oDTnLEDW4li4XNSXScRDadS39/vL4bkNJ&#10;TMwJZsDJll5kpPe7t2+2g2/kCnowQgaCIC42g29pn5JvqiryXloWF+Clw6KCYFnCbegqEdiA6NZU&#10;q7p+Xw0QhA/AZYyYfZiKdFfwlZI8fVMqykRMS5FbKmso6zGv1W7Lmi4w32t+pcH+gYVl2uGlM9QD&#10;S4ycgv4LymoeIIJKCw62AqU0l2UGnGZZ/zHNc8+8LLOgONHPMsX/B8u/nvfuEDJ1Prpn/wT8RyQO&#10;9j1znSwEXi4eH26ZpaoGH5u5JW+iPwRyHL6AwDPslKCoMKpgiTLaf86NGRwnJWOR/TLLLsdEOCbv&#10;lvXmbk0Jv5Uq1mSE3OdDTJ8kWJKDlhrtsiCsYeenmDKjX0dy2sGjNqY8qnFkaOmH9WpdGiIYLXIx&#10;Hyv2knsTyJmhMY7dRNKcLA4y5Tbrur7aA9NooildUnjpjFAo/AYe4OREodBLJj5e48S0mWLsNi6z&#10;kMWf1zluYmbnxuYI4nIIN8Xx7cs1V59mc73eY/z6N+1+AgAA//8DAFBLAwQUAAYACAAAACEAHdaG&#10;H+AAAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBW7tJa0tJsykiCAU9aCvU&#10;3nazYxLMzobsNo3+esdD0eO89/HmvXwzulYM2IfGk4J0moBAKr1tqFLwtn+crECEqMnq1hMq+MIA&#10;m+L6KteZ9Wd6xWEXK8EhFDKtoI6xy6QMZY1Oh6nvkNj78L3Tkc++krbXZw53rZwlyVI63RB/qHWH&#10;DzWWn7uTU2COB7MsX/Dp8Lzth+27ifvvmVXq9ma8X4OIOMY/GH7rc3UouJPxJ7JBtAom6XzOKBvp&#10;YsWrGFmkdyDMRZFFLv+PKH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA+M91mdABAACV&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAHdaGH+AA&#10;AAAMAQAADwAAAAAAAAAAAAAAAAAqBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADcF&#10;AAAAAA==&#10;" strokecolor="#d8d8d8 [2732]">
+            <v:line w14:anchorId="13B636F6" id="Line 11" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251660800;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-6.65pt,579pt" to="25.7pt,579pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD4z3WZ0AEAAJUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadJqi0rUdA9dFg4L&#10;VNrlB7j+SCxsj2W7TfrvGTttWOCGuFjjGc/zm+fn7f1oDTnLEDW4li4XNSXScRDadS39/vL4bkNJ&#10;TMwJZsDJll5kpPe7t2+2g2/kCnowQgaCIC42g29pn5JvqiryXloWF+Clw6KCYFnCbegqEdiA6NZU&#10;q7p+Xw0QhA/AZYyYfZiKdFfwlZI8fVMqykRMS5FbKmso6zGv1W7Lmi4w32t+pcH+gYVl2uGlM9QD&#10;S4ycgv4LymoeIIJKCw62AqU0l2UGnGZZ/zHNc8+8LLOgONHPMsX/B8u/nvfuEDJ1Prpn/wT8RyQO&#10;9j1znSwEXi4eH26ZpaoGH5u5JW+iPwRyHL6AwDPslKCoMKpgiTLaf86NGRwnJWOR/TLLLsdEOCbv&#10;lvXmbk0Jv5Uq1mSE3OdDTJ8kWJKDlhrtsiCsYeenmDKjX0dy2sGjNqY8qnFkaOmH9WpdGiIYLXIx&#10;Hyv2knsTyJmhMY7dRNKcLA4y5Tbrur7aA9NooildUnjpjFAo/AYe4OREodBLJj5e48S0mWLsNi6z&#10;kMWf1zluYmbnxuYI4nIIN8Xx7cs1V59mc73eY/z6N+1+AgAA//8DAFBLAwQUAAYACAAAACEAHdaG&#10;H+AAAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBW7tJa0tJsykiCAU9aCvU&#10;3nazYxLMzobsNo3+esdD0eO89/HmvXwzulYM2IfGk4J0moBAKr1tqFLwtn+crECEqMnq1hMq+MIA&#10;m+L6KteZ9Wd6xWEXK8EhFDKtoI6xy6QMZY1Oh6nvkNj78L3Tkc++krbXZw53rZwlyVI63RB/qHWH&#10;DzWWn7uTU2COB7MsX/Dp8Lzth+27ifvvmVXq9ma8X4OIOMY/GH7rc3UouJPxJ7JBtAom6XzOKBvp&#10;YsWrGFmkdyDMRZFFLv+PKH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA+M91mdABAACV&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAHdaGH+AA&#10;AAAMAQAADwAAAAAAAAAAAAAAAAAqBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADcF&#10;AAAAAA==&#10;" strokecolor="#d8d8d8 [2732]">
               <v:shadow opacity="22938f" offset="0"/>
               <w10:wrap type="tight" anchorx="page" anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00A27516">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7975C773" wp14:editId="36718675">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>7156450</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>7353300</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="410845" cy="0"/>
               <wp:effectExtent l="12700" t="9525" r="5080" b="9525"/>
               <wp:wrapTight wrapText="bothSides">
@@ -2317,51 +2210,51 @@
                               <a:outerShdw dist="25400" dir="5400000" algn="ctr" rotWithShape="0">
                                 <a:srgbClr val="808080">
                                   <a:alpha val="35001"/>
                                 </a:srgbClr>
                               </a:outerShdw>
                             </a:effectLst>
                           </a14:hiddenEffects>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="52EA97B9" id="Line 10" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="563.5pt,579pt" to="595.85pt,579pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD4z3WZ0AEAAJUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadJqi0rUdA9dFg4L&#10;VNrlB7j+SCxsj2W7TfrvGTttWOCGuFjjGc/zm+fn7f1oDTnLEDW4li4XNSXScRDadS39/vL4bkNJ&#10;TMwJZsDJll5kpPe7t2+2g2/kCnowQgaCIC42g29pn5JvqiryXloWF+Clw6KCYFnCbegqEdiA6NZU&#10;q7p+Xw0QhA/AZYyYfZiKdFfwlZI8fVMqykRMS5FbKmso6zGv1W7Lmi4w32t+pcH+gYVl2uGlM9QD&#10;S4ycgv4LymoeIIJKCw62AqU0l2UGnGZZ/zHNc8+8LLOgONHPMsX/B8u/nvfuEDJ1Prpn/wT8RyQO&#10;9j1znSwEXi4eH26ZpaoGH5u5JW+iPwRyHL6AwDPslKCoMKpgiTLaf86NGRwnJWOR/TLLLsdEOCbv&#10;lvXmbk0Jv5Uq1mSE3OdDTJ8kWJKDlhrtsiCsYeenmDKjX0dy2sGjNqY8qnFkaOmH9WpdGiIYLXIx&#10;Hyv2knsTyJmhMY7dRNKcLA4y5Tbrur7aA9NooildUnjpjFAo/AYe4OREodBLJj5e48S0mWLsNi6z&#10;kMWf1zluYmbnxuYI4nIIN8Xx7cs1V59mc73eY/z6N+1+AgAA//8DAFBLAwQUAAYACAAAACEAFG0Z&#10;Kd8AAAAPAQAADwAAAGRycy9kb3ducmV2LnhtbExPwUrDQBS8C/7D8gRvdpOAbY3ZFBGEgh60Faq3&#10;3ewzCWbfhuw2jX69LwfR28ybYd5MsZlcJ0YcQutJQbpIQCBV3rZUK3jdP1ytQYSoyerOEyr4wgCb&#10;8vys0Ln1J3rBcRdrwSEUcq2gibHPpQxVg06Hhe+RWPvwg9OR6VBLO+gTh7tOZkmylE63xB8a3eN9&#10;g9Xn7ugUmPeDWVbP+Hh42g7j9s3E/Xdmlbq8mO5uQUSc4p8Z5vpcHUruZPyRbBAd8zRb8Zg4o+s1&#10;o9mT3qQrEOb3JstC/t9R/gAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD4z3WZ0AEAAJUD&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAUbRkp3wAA&#10;AA8BAAAPAAAAAAAAAAAAAAAAACoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAANgUA&#10;AAAA&#10;" strokecolor="#d8d8d8 [2732]">
+            <v:line w14:anchorId="44A91DFC" id="Line 10" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="563.5pt,579pt" to="595.85pt,579pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD4z3WZ0AEAAJUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadJqi0rUdA9dFg4L&#10;VNrlB7j+SCxsj2W7TfrvGTttWOCGuFjjGc/zm+fn7f1oDTnLEDW4li4XNSXScRDadS39/vL4bkNJ&#10;TMwJZsDJll5kpPe7t2+2g2/kCnowQgaCIC42g29pn5JvqiryXloWF+Clw6KCYFnCbegqEdiA6NZU&#10;q7p+Xw0QhA/AZYyYfZiKdFfwlZI8fVMqykRMS5FbKmso6zGv1W7Lmi4w32t+pcH+gYVl2uGlM9QD&#10;S4ycgv4LymoeIIJKCw62AqU0l2UGnGZZ/zHNc8+8LLOgONHPMsX/B8u/nvfuEDJ1Prpn/wT8RyQO&#10;9j1znSwEXi4eH26ZpaoGH5u5JW+iPwRyHL6AwDPslKCoMKpgiTLaf86NGRwnJWOR/TLLLsdEOCbv&#10;lvXmbk0Jv5Uq1mSE3OdDTJ8kWJKDlhrtsiCsYeenmDKjX0dy2sGjNqY8qnFkaOmH9WpdGiIYLXIx&#10;Hyv2knsTyJmhMY7dRNKcLA4y5Tbrur7aA9NooildUnjpjFAo/AYe4OREodBLJj5e48S0mWLsNi6z&#10;kMWf1zluYmbnxuYI4nIIN8Xx7cs1V59mc73eY/z6N+1+AgAA//8DAFBLAwQUAAYACAAAACEAFG0Z&#10;Kd8AAAAPAQAADwAAAGRycy9kb3ducmV2LnhtbExPwUrDQBS8C/7D8gRvdpOAbY3ZFBGEgh60Faq3&#10;3ewzCWbfhuw2jX69LwfR28ybYd5MsZlcJ0YcQutJQbpIQCBV3rZUK3jdP1ytQYSoyerOEyr4wgCb&#10;8vys0Ln1J3rBcRdrwSEUcq2gibHPpQxVg06Hhe+RWPvwg9OR6VBLO+gTh7tOZkmylE63xB8a3eN9&#10;g9Xn7ugUmPeDWVbP+Hh42g7j9s3E/Xdmlbq8mO5uQUSc4p8Z5vpcHUruZPyRbBAd8zRb8Zg4o+s1&#10;o9mT3qQrEOb3JstC/t9R/gAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD4z3WZ0AEAAJUD&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAUbRkp3wAA&#10;AA8BAAAPAAAAAAAAAAAAAAAAACoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAANgUA&#10;AAAA&#10;" strokecolor="#d8d8d8 [2732]">
               <v:shadow opacity="22938f" offset="0"/>
               <w10:wrap type="tight" anchorx="page" anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00A27516">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654656" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C3FFDC3" wp14:editId="7DF6F1B6">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>-84455</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>3560445</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="410845" cy="0"/>
               <wp:effectExtent l="10795" t="7620" r="6985" b="11430"/>
               <wp:wrapTight wrapText="bothSides">
@@ -2418,51 +2311,51 @@
                               <a:outerShdw dist="25400" dir="5400000" algn="ctr" rotWithShape="0">
                                 <a:srgbClr val="808080">
                                   <a:alpha val="35001"/>
                                 </a:srgbClr>
                               </a:outerShdw>
                             </a:effectLst>
                           </a14:hiddenEffects>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="323E2D57" id="Line 9" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251654656;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-6.65pt,280.35pt" to="25.7pt,280.35pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD4z3WZ0AEAAJUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadJqi0rUdA9dFg4L&#10;VNrlB7j+SCxsj2W7TfrvGTttWOCGuFjjGc/zm+fn7f1oDTnLEDW4li4XNSXScRDadS39/vL4bkNJ&#10;TMwJZsDJll5kpPe7t2+2g2/kCnowQgaCIC42g29pn5JvqiryXloWF+Clw6KCYFnCbegqEdiA6NZU&#10;q7p+Xw0QhA/AZYyYfZiKdFfwlZI8fVMqykRMS5FbKmso6zGv1W7Lmi4w32t+pcH+gYVl2uGlM9QD&#10;S4ycgv4LymoeIIJKCw62AqU0l2UGnGZZ/zHNc8+8LLOgONHPMsX/B8u/nvfuEDJ1Prpn/wT8RyQO&#10;9j1znSwEXi4eH26ZpaoGH5u5JW+iPwRyHL6AwDPslKCoMKpgiTLaf86NGRwnJWOR/TLLLsdEOCbv&#10;lvXmbk0Jv5Uq1mSE3OdDTJ8kWJKDlhrtsiCsYeenmDKjX0dy2sGjNqY8qnFkaOmH9WpdGiIYLXIx&#10;Hyv2knsTyJmhMY7dRNKcLA4y5Tbrur7aA9NooildUnjpjFAo/AYe4OREodBLJj5e48S0mWLsNi6z&#10;kMWf1zluYmbnxuYI4nIIN8Xx7cs1V59mc73eY/z6N+1+AgAA//8DAFBLAwQUAAYACAAAACEAm68H&#10;qeAAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvDQBCG7wX/wzKCt3aT1kZJsykiCAU99EOo&#10;3naz0ySYnQ272zT6611B0OPMPLzzvMV6NB0b0PnWkoB0lgBDqqxuqRbwenia3gPzQZKWnSUU8Ike&#10;1uXVpJC5thfa4bAPNYsh5HMpoAmhzzn3VYNG+pntkeLtZJ2RIY6u5trJSww3HZ8nScaNbCl+aGSP&#10;jw1WH/uzEaDejyqrtvh8fNm4YfOmwuFrroW4uR4fVsACjuEPhh/9qA5ldFL2TNqzTsA0XSwiKmCZ&#10;JXfAIrFMb4Gp3wUvC/6/QvkNAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA+M91mdABAACV&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAm68HqeAA&#10;AAAKAQAADwAAAAAAAAAAAAAAAAAqBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADcF&#10;AAAAAA==&#10;" strokecolor="#d8d8d8 [2732]">
+            <v:line w14:anchorId="444D2FAE" id="Line 9" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251654656;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-6.65pt,280.35pt" to="25.7pt,280.35pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD4z3WZ0AEAAJUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadJqi0rUdA9dFg4L&#10;VNrlB7j+SCxsj2W7TfrvGTttWOCGuFjjGc/zm+fn7f1oDTnLEDW4li4XNSXScRDadS39/vL4bkNJ&#10;TMwJZsDJll5kpPe7t2+2g2/kCnowQgaCIC42g29pn5JvqiryXloWF+Clw6KCYFnCbegqEdiA6NZU&#10;q7p+Xw0QhA/AZYyYfZiKdFfwlZI8fVMqykRMS5FbKmso6zGv1W7Lmi4w32t+pcH+gYVl2uGlM9QD&#10;S4ycgv4LymoeIIJKCw62AqU0l2UGnGZZ/zHNc8+8LLOgONHPMsX/B8u/nvfuEDJ1Prpn/wT8RyQO&#10;9j1znSwEXi4eH26ZpaoGH5u5JW+iPwRyHL6AwDPslKCoMKpgiTLaf86NGRwnJWOR/TLLLsdEOCbv&#10;lvXmbk0Jv5Uq1mSE3OdDTJ8kWJKDlhrtsiCsYeenmDKjX0dy2sGjNqY8qnFkaOmH9WpdGiIYLXIx&#10;Hyv2knsTyJmhMY7dRNKcLA4y5Tbrur7aA9NooildUnjpjFAo/AYe4OREodBLJj5e48S0mWLsNi6z&#10;kMWf1zluYmbnxuYI4nIIN8Xx7cs1V59mc73eY/z6N+1+AgAA//8DAFBLAwQUAAYACAAAACEAm68H&#10;qeAAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvDQBCG7wX/wzKCt3aT1kZJsykiCAU99EOo&#10;3naz0ySYnQ272zT6611B0OPMPLzzvMV6NB0b0PnWkoB0lgBDqqxuqRbwenia3gPzQZKWnSUU8Ike&#10;1uXVpJC5thfa4bAPNYsh5HMpoAmhzzn3VYNG+pntkeLtZJ2RIY6u5trJSww3HZ8nScaNbCl+aGSP&#10;jw1WH/uzEaDejyqrtvh8fNm4YfOmwuFrroW4uR4fVsACjuEPhh/9qA5ldFL2TNqzTsA0XSwiKmCZ&#10;JXfAIrFMb4Gp3wUvC/6/QvkNAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA+M91mdABAACV&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAm68HqeAA&#10;AAAKAQAADwAAAAAAAAAAAAAAAAAqBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADcF&#10;AAAAAA==&#10;" strokecolor="#d8d8d8 [2732]">
               <v:shadow opacity="22938f" offset="0"/>
               <w10:wrap type="tight" anchorx="page" anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00A27516">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251651584" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="05A3C516" wp14:editId="76CC9B1B">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>7156450</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>3560445</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="410845" cy="0"/>
               <wp:effectExtent l="12700" t="7620" r="5080" b="11430"/>
               <wp:wrapTight wrapText="bothSides">
@@ -2519,73 +2412,73 @@
                               <a:outerShdw dist="25400" dir="5400000" algn="ctr" rotWithShape="0">
                                 <a:srgbClr val="808080">
                                   <a:alpha val="35001"/>
                                 </a:srgbClr>
                               </a:outerShdw>
                             </a:effectLst>
                           </a14:hiddenEffects>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="3C872DAA" id="Line 8" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251651584;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="563.5pt,280.35pt" to="595.85pt,280.35pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD4z3WZ0AEAAJUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadJqi0rUdA9dFg4L&#10;VNrlB7j+SCxsj2W7TfrvGTttWOCGuFjjGc/zm+fn7f1oDTnLEDW4li4XNSXScRDadS39/vL4bkNJ&#10;TMwJZsDJll5kpPe7t2+2g2/kCnowQgaCIC42g29pn5JvqiryXloWF+Clw6KCYFnCbegqEdiA6NZU&#10;q7p+Xw0QhA/AZYyYfZiKdFfwlZI8fVMqykRMS5FbKmso6zGv1W7Lmi4w32t+pcH+gYVl2uGlM9QD&#10;S4ycgv4LymoeIIJKCw62AqU0l2UGnGZZ/zHNc8+8LLOgONHPMsX/B8u/nvfuEDJ1Prpn/wT8RyQO&#10;9j1znSwEXi4eH26ZpaoGH5u5JW+iPwRyHL6AwDPslKCoMKpgiTLaf86NGRwnJWOR/TLLLsdEOCbv&#10;lvXmbk0Jv5Uq1mSE3OdDTJ8kWJKDlhrtsiCsYeenmDKjX0dy2sGjNqY8qnFkaOmH9WpdGiIYLXIx&#10;Hyv2knsTyJmhMY7dRNKcLA4y5Tbrur7aA9NooildUnjpjFAo/AYe4OREodBLJj5e48S0mWLsNi6z&#10;kMWf1zluYmbnxuYI4nIIN8Xx7cs1V59mc73eY/z6N+1+AgAA//8DAFBLAwQUAAYACAAAACEAHf+2&#10;WuAAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm90kYKoxmyKCUNCDtkL1&#10;tpsdk2B2NmS3afTXO4WC3ubNPN58r1zNrhcTjqHzpCBdJCCQam87ahS8bR+vbkCEqMnq3hMq+MYA&#10;q+r8rNSF9Qd6xWkTG8EhFAqtoI1xKKQMdYtOh4UfkPj26UenI8uxkXbUBw53vcySJJdOd8QfWj3g&#10;Q4v112bvFJiPncnrF3zaPa/Haf1u4vYns0pdXsz3dyAizvHPDEd8RoeKmYzfkw2iZ51mSy4TFVzn&#10;yRLE0ZLepjyZ00pWpfzfovoFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA+M91mdABAACV&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAHf+2WuAA&#10;AAANAQAADwAAAAAAAAAAAAAAAAAqBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADcF&#10;AAAAAA==&#10;" strokecolor="#d8d8d8 [2732]">
+            <v:line w14:anchorId="1DECE53F" id="Line 8" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251651584;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="563.5pt,280.35pt" to="595.85pt,280.35pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD4z3WZ0AEAAJUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadJqi0rUdA9dFg4L&#10;VNrlB7j+SCxsj2W7TfrvGTttWOCGuFjjGc/zm+fn7f1oDTnLEDW4li4XNSXScRDadS39/vL4bkNJ&#10;TMwJZsDJll5kpPe7t2+2g2/kCnowQgaCIC42g29pn5JvqiryXloWF+Clw6KCYFnCbegqEdiA6NZU&#10;q7p+Xw0QhA/AZYyYfZiKdFfwlZI8fVMqykRMS5FbKmso6zGv1W7Lmi4w32t+pcH+gYVl2uGlM9QD&#10;S4ycgv4LymoeIIJKCw62AqU0l2UGnGZZ/zHNc8+8LLOgONHPMsX/B8u/nvfuEDJ1Prpn/wT8RyQO&#10;9j1znSwEXi4eH26ZpaoGH5u5JW+iPwRyHL6AwDPslKCoMKpgiTLaf86NGRwnJWOR/TLLLsdEOCbv&#10;lvXmbk0Jv5Uq1mSE3OdDTJ8kWJKDlhrtsiCsYeenmDKjX0dy2sGjNqY8qnFkaOmH9WpdGiIYLXIx&#10;Hyv2knsTyJmhMY7dRNKcLA4y5Tbrur7aA9NooildUnjpjFAo/AYe4OREodBLJj5e48S0mWLsNi6z&#10;kMWf1zluYmbnxuYI4nIIN8Xx7cs1V59mc73eY/z6N+1+AgAA//8DAFBLAwQUAAYACAAAACEAHf+2&#10;WuAAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm90kYKoxmyKCUNCDtkL1&#10;tpsdk2B2NmS3afTXO4WC3ubNPN58r1zNrhcTjqHzpCBdJCCQam87ahS8bR+vbkCEqMnq3hMq+MYA&#10;q+r8rNSF9Qd6xWkTG8EhFAqtoI1xKKQMdYtOh4UfkPj26UenI8uxkXbUBw53vcySJJdOd8QfWj3g&#10;Q4v112bvFJiPncnrF3zaPa/Haf1u4vYns0pdXsz3dyAizvHPDEd8RoeKmYzfkw2iZ51mSy4TFVzn&#10;yRLE0ZLepjyZ00pWpfzfovoFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA+M91mdABAACV&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAHf+2WuAA&#10;AAANAQAADwAAAAAAAAAAAAAAAAAqBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADcF&#10;AAAAAA==&#10;" strokecolor="#d8d8d8 [2732]">
               <v:shadow opacity="22938f" offset="0"/>
               <w10:wrap type="tight" anchorx="page" anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="129DC415" w14:textId="77777777" w:rsidR="008652C6" w:rsidRDefault="008652C6" w:rsidP="00285FB3">
+    <w:p w14:paraId="61AC3FCB" w14:textId="77777777" w:rsidR="00247B2E" w:rsidRDefault="00247B2E" w:rsidP="00285FB3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1EE067DE" w14:textId="77777777" w:rsidR="008652C6" w:rsidRDefault="008652C6" w:rsidP="00285FB3">
+    <w:p w14:paraId="41F0D321" w14:textId="77777777" w:rsidR="00247B2E" w:rsidRDefault="00247B2E" w:rsidP="00285FB3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6F3FE9EE" w14:textId="77777777" w:rsidR="00B4114A" w:rsidRDefault="005B27FE" w:rsidP="00285FB3">
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666944" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="794FB087" wp14:editId="01342E52">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-216591</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>717630</wp:posOffset>
@@ -2621,51 +2514,51 @@
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="6F33D696" id="Connecteur droit 36" o:spid="_x0000_s1026" style="position:absolute;z-index:251666944;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-17.05pt,56.5pt" to="-17.05pt,851.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDklEQuwQEAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu3DAMvAfoPwi6d/1oGqTGenNIkFyK&#10;JkjSD1Bkai1AL0jq2vv3pWSvvUiLFih6kSVyyOGQ9PZm1IocwAdpTUurTUkJGG47afYt/f56//Ga&#10;khCZ6ZiyBlp6hEBvdh8utoNroLa9VR14gklMaAbX0j5G1xRF4D1oFjbWgUGnsF6ziE+/LzrPBsyu&#10;VVGX5VUxWN85bzmEgNa7yUl3Ob8QwOOjEAEiUS3F2mI+fT7f0lnstqzZe+Z6yecy2D9UoZk0SLqk&#10;umORkR9e/pJKS+5tsCJuuNWFFUJyyBpQTVW+U/PSMwdZCzYnuKVN4f+l5d8Ot+bJYxsGF5rgnnxS&#10;MQqv0xfrI2Nu1nFpFoyR8MnI0VqV5ZdPVX2ZOlmskc6H+ABWk3RpqZImCWENO3wNcYKeIMmsDBla&#10;Wn++LMsMC1bJ7l4qlZx5GeBWeXJgOMY41jPZGQqplUlgyEOfSVZN+RaPCia2ZxBEdqiinujSuq0M&#10;jHMwsZpZlEF0ChNYzxI41/mnwBm/VrUEV39nnXScmK2JS7CWxvrfJYjjqWQx4XEiZ7rT9c12xzzt&#10;7MCdykOb9z8t7fk7h69/6e4nAAAA//8DAFBLAwQUAAYACAAAACEAYC39290AAAAMAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3Fo7CdAqjVNRJDjTAurVid0kwl5Httumf88iDvS4&#10;M0+zM9V6cpadTIiDRwnZXAAz2Ho9YCfh8+N1tgQWk0KtrEcj4WIirOvbm0qV2p9xa0671DEKwVgq&#10;CX1KY8l5bHvjVJz70SB5Bx+cSnSGjuugzhTuLM+FeOJODUgfejWal96037ujkyAaf3kv9mL/Fvhm&#10;2S02Nk/bLynv76bnFbBkpvQPw299qg41dWr8EXVkVsKseMgIJSMraBQRf0pDykLkj8Dril+PqH8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA5JRELsEBAADtAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAYC39290AAAAMAQAADwAAAAAAAAAAAAAA&#10;AAAbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACUFAAAAAA==&#10;" strokecolor="#3c3c3b [3215]" strokeweight="2pt"/>
+            <v:line w14:anchorId="07396118" id="Connecteur droit 36" o:spid="_x0000_s1026" style="position:absolute;z-index:251666944;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-17.05pt,56.5pt" to="-17.05pt,851.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDklEQuwQEAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu3DAMvAfoPwi6d/1oGqTGenNIkFyK&#10;JkjSD1Bkai1AL0jq2vv3pWSvvUiLFih6kSVyyOGQ9PZm1IocwAdpTUurTUkJGG47afYt/f56//Ga&#10;khCZ6ZiyBlp6hEBvdh8utoNroLa9VR14gklMaAbX0j5G1xRF4D1oFjbWgUGnsF6ziE+/LzrPBsyu&#10;VVGX5VUxWN85bzmEgNa7yUl3Ob8QwOOjEAEiUS3F2mI+fT7f0lnstqzZe+Z6yecy2D9UoZk0SLqk&#10;umORkR9e/pJKS+5tsCJuuNWFFUJyyBpQTVW+U/PSMwdZCzYnuKVN4f+l5d8Ot+bJYxsGF5rgnnxS&#10;MQqv0xfrI2Nu1nFpFoyR8MnI0VqV5ZdPVX2ZOlmskc6H+ABWk3RpqZImCWENO3wNcYKeIMmsDBla&#10;Wn++LMsMC1bJ7l4qlZx5GeBWeXJgOMY41jPZGQqplUlgyEOfSVZN+RaPCia2ZxBEdqiinujSuq0M&#10;jHMwsZpZlEF0ChNYzxI41/mnwBm/VrUEV39nnXScmK2JS7CWxvrfJYjjqWQx4XEiZ7rT9c12xzzt&#10;7MCdykOb9z8t7fk7h69/6e4nAAAA//8DAFBLAwQUAAYACAAAACEAYC39290AAAAMAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3Fo7CdAqjVNRJDjTAurVid0kwl5Httumf88iDvS4&#10;M0+zM9V6cpadTIiDRwnZXAAz2Ho9YCfh8+N1tgQWk0KtrEcj4WIirOvbm0qV2p9xa0671DEKwVgq&#10;CX1KY8l5bHvjVJz70SB5Bx+cSnSGjuugzhTuLM+FeOJODUgfejWal96037ujkyAaf3kv9mL/Fvhm&#10;2S02Nk/bLynv76bnFbBkpvQPw299qg41dWr8EXVkVsKseMgIJSMraBQRf0pDykLkj8Dril+PqH8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA5JRELsEBAADtAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAYC39290AAAAMAQAADwAAAAAAAAAAAAAA&#10;AAAbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACUFAAAAAA==&#10;" strokecolor="#3c3c3b [3215]" strokeweight="2pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00A27516">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251648512" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49E1BC42" wp14:editId="73FFF9DB">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>7386320</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>3675380</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="203200" cy="0"/>
               <wp:effectExtent l="4445" t="0" r="1905" b="1270"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Line 1"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -2700,51 +2593,51 @@
                             <a:solidFill>
                               <a:srgbClr val="4A7EBB"/>
                             </a:solidFill>
                             <a:round/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="5DE0795B" id="Line 1" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251648512;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="581.6pt,289.4pt" to="597.6pt,289.4pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAEVZXligEAAAsDAAAOAAAAZHJzL2Uyb0RvYy54bWysUk1P4zAQvSPxHyzfqdOuhFZRUw4g4AC7&#10;lYAfMHXsxsL2WB7TpP9+bdOWhb2tuIzi+Xh5780sryZn2U5FMug7Pp81nCkvsTd+2/GX59uLn5xR&#10;At+DRa86vlfEr1bnZ8sxtGqBA9peRZZBPLVj6PiQUmiFIDkoBzTDoHwuaowOUn7GregjjBndWbFo&#10;mksxYuxDRKmIcvbmvchXFV9rJdNvrUklZjueuaUaY42bEsVqCe02QhiMPNCA/2DhwPj80xPUDSRg&#10;b9H8A+WMjEio00yiE6i1kapqyGrmzRc1TwMEVbVkcyicbKLvg5W/dtd+HQt1Ofmn8IDylZjH6wH8&#10;VlUCz/uQFzcvVokxUHsaKQ8K68g24yP2uQfeElYXJh0d09aE+zJYwLNSNlXb9yfb1ZSYzMlF8yOv&#10;kjN5LAloC0KZC5HSnULHykfHrfHFEGhh90CpMPpoKWmPt8baulTrPyVy43tG1as4TB8llHuhdoP9&#10;fh2POrPjFf9wHWWlf7+rGx83vPoDAAD//wMAUEsDBBQABgAIAAAAIQDl3Par3wAAAA0BAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJNC0zTEqRCiRw4UkODmxts4Il6nsduGfj1b&#10;CQmOM/s0O1MuR9eJAw6h9aQgnSQgkGpvWmoUvL2ubnIQIWoyuvOECr4xwLK6vCh1YfyRXvCwjo3g&#10;EAqFVmBj7AspQ23R6TDxPRLftn5wOrIcGmkGfeRw18lpkmTS6Zb4g9U9Plqsv9Z7p+B090zvi23+&#10;kXzunqS1q2y+O2VKXV+ND/cgIo7xD4Zzfa4OFXfa+D2ZIDrWaXY7ZVbBbJ7ziDOSLmZsbX4tWZXy&#10;/4rqBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAARVleWKAQAACwMAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOXc9qvfAAAADQEAAA8AAAAAAAAA&#10;AAAAAAAA5AMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADwBAAAAAA=&#10;" stroked="f" strokecolor="#4a7ebb" strokeweight="3.5pt">
+            <v:line w14:anchorId="5C6EB791" id="Line 1" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251648512;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="581.6pt,289.4pt" to="597.6pt,289.4pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAEVZXligEAAAsDAAAOAAAAZHJzL2Uyb0RvYy54bWysUk1P4zAQvSPxHyzfqdOuhFZRUw4g4AC7&#10;lYAfMHXsxsL2WB7TpP9+bdOWhb2tuIzi+Xh5780sryZn2U5FMug7Pp81nCkvsTd+2/GX59uLn5xR&#10;At+DRa86vlfEr1bnZ8sxtGqBA9peRZZBPLVj6PiQUmiFIDkoBzTDoHwuaowOUn7GregjjBndWbFo&#10;mksxYuxDRKmIcvbmvchXFV9rJdNvrUklZjueuaUaY42bEsVqCe02QhiMPNCA/2DhwPj80xPUDSRg&#10;b9H8A+WMjEio00yiE6i1kapqyGrmzRc1TwMEVbVkcyicbKLvg5W/dtd+HQt1Ofmn8IDylZjH6wH8&#10;VlUCz/uQFzcvVokxUHsaKQ8K68g24yP2uQfeElYXJh0d09aE+zJYwLNSNlXb9yfb1ZSYzMlF8yOv&#10;kjN5LAloC0KZC5HSnULHykfHrfHFEGhh90CpMPpoKWmPt8baulTrPyVy43tG1as4TB8llHuhdoP9&#10;fh2POrPjFf9wHWWlf7+rGx83vPoDAAD//wMAUEsDBBQABgAIAAAAIQDl3Par3wAAAA0BAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJNC0zTEqRCiRw4UkODmxts4Il6nsduGfj1b&#10;CQmOM/s0O1MuR9eJAw6h9aQgnSQgkGpvWmoUvL2ubnIQIWoyuvOECr4xwLK6vCh1YfyRXvCwjo3g&#10;EAqFVmBj7AspQ23R6TDxPRLftn5wOrIcGmkGfeRw18lpkmTS6Zb4g9U9Plqsv9Z7p+B090zvi23+&#10;kXzunqS1q2y+O2VKXV+ND/cgIo7xD4Zzfa4OFXfa+D2ZIDrWaXY7ZVbBbJ7ziDOSLmZsbX4tWZXy&#10;/4rqBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAARVleWKAQAACwMAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOXc9qvfAAAADQEAAA8AAAAAAAAA&#10;AAAAAAAA5AMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADwBAAAAAA=&#10;" stroked="f" strokecolor="#4a7ebb" strokeweight="3.5pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="10F30495" w14:textId="77777777" w:rsidR="00A27516" w:rsidRDefault="005B27FE" w:rsidP="00285FB3">
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663872" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E212F9C" wp14:editId="1A2C40A0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-215265</wp:posOffset>
               </wp:positionH>
@@ -2782,51 +2675,51 @@
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="1EEC40EF" id="Connecteur droit 35" o:spid="_x0000_s1026" style="position:absolute;z-index:251663872;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-16.95pt,171pt" to="-14.5pt,840.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBe2RZvxAEAAPADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjOkq014vShRfcy&#10;bMXafYAqU7EA3SCpsfP3o2THDtphA4a96MZDHh6S2t0MWpEj+CCtaWi1KikBw20rzaGhP5/uP1xR&#10;EiIzLVPWQENPEOjN/v27Xe9qWNvOqhY8wSAm1L1raBejq4si8A40CyvrwKBRWK9ZxKs/FK1nPUbX&#10;qliX5aeit7513nIIAV/vRiPd5/hCAI/fhQgQiWoo5hbz6vP6nNZiv2P1wTPXST6lwf4hC82kQdI5&#10;1B2LjLx4+SaUltzbYEVccasLK4TkkDWgmqp8peaxYw6yFixOcHOZwv8Ly78db82DxzL0LtTBPfik&#10;YhBepx3zI0Mu1mkuFgyRcHz8WFXVlhKOlqvN9fXm8zYVs1icnQ/xC1hN0qGhSpqkhdXs+DXEEXqG&#10;pGdlSN/Q9XZTlhkWrJLtvVQqGfM8wK3y5Miwk3GoJrILFFIrk8CQ+z6RLLLyKZ4UjGw/QBDZopD1&#10;SJcmbmFgnIOJZxZlEJ3cBOYzO055/slxwi9Zzc7V31lHHWdma+LsrKWx/ncBlsKIEY8dudCdjs+2&#10;PeWGZwOOVW7a9AXS3F7es/vyUfe/AAAA//8DAFBLAwQUAAYACAAAACEA0G12peAAAAAMAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwW7CMAyG75P2DpEn7VaStQNB1xRNk3bcAbbDuIXGtIXGKU2Asqef&#10;d2I3W/70+/uL5eg6ccYhtJ40PE0UCKTK25ZqDV+f78kcRIiGrOk8oYYrBliW93eFya2/0ArP61gL&#10;DqGQGw1NjH0uZagadCZMfI/Et50fnIm8DrW0g7lwuOtkqtRMOtMSf2hMj28NVof1yWnY7Y/X1uGR&#10;1CaEqfte2R+5+dD68WF8fQERcYw3GP70WR1Kdtr6E9kgOg1Jli0Y1ZA9p1yKiSRd8LBldDZXU5Bl&#10;If+XKH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAXtkWb8QBAADwAwAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA0G12peAAAAAMAQAADwAAAAAA&#10;AAAAAAAAAAAeBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACsFAAAAAA==&#10;" strokecolor="#3c3c3b [3213]" strokeweight="2pt"/>
+            <v:line w14:anchorId="75B376DE" id="Connecteur droit 35" o:spid="_x0000_s1026" style="position:absolute;z-index:251663872;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-16.95pt,171pt" to="-14.5pt,840.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBe2RZvxAEAAPADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjOkq014vShRfcy&#10;bMXafYAqU7EA3SCpsfP3o2THDtphA4a96MZDHh6S2t0MWpEj+CCtaWi1KikBw20rzaGhP5/uP1xR&#10;EiIzLVPWQENPEOjN/v27Xe9qWNvOqhY8wSAm1L1raBejq4si8A40CyvrwKBRWK9ZxKs/FK1nPUbX&#10;qliX5aeit7513nIIAV/vRiPd5/hCAI/fhQgQiWoo5hbz6vP6nNZiv2P1wTPXST6lwf4hC82kQdI5&#10;1B2LjLx4+SaUltzbYEVccasLK4TkkDWgmqp8peaxYw6yFixOcHOZwv8Ly78db82DxzL0LtTBPfik&#10;YhBepx3zI0Mu1mkuFgyRcHz8WFXVlhKOlqvN9fXm8zYVs1icnQ/xC1hN0qGhSpqkhdXs+DXEEXqG&#10;pGdlSN/Q9XZTlhkWrJLtvVQqGfM8wK3y5Miwk3GoJrILFFIrk8CQ+z6RLLLyKZ4UjGw/QBDZopD1&#10;SJcmbmFgnIOJZxZlEJ3cBOYzO055/slxwi9Zzc7V31lHHWdma+LsrKWx/ncBlsKIEY8dudCdjs+2&#10;PeWGZwOOVW7a9AXS3F7es/vyUfe/AAAA//8DAFBLAwQUAAYACAAAACEA0G12peAAAAAMAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwW7CMAyG75P2DpEn7VaStQNB1xRNk3bcAbbDuIXGtIXGKU2Asqef&#10;d2I3W/70+/uL5eg6ccYhtJ40PE0UCKTK25ZqDV+f78kcRIiGrOk8oYYrBliW93eFya2/0ArP61gL&#10;DqGQGw1NjH0uZagadCZMfI/Et50fnIm8DrW0g7lwuOtkqtRMOtMSf2hMj28NVof1yWnY7Y/X1uGR&#10;1CaEqfte2R+5+dD68WF8fQERcYw3GP70WR1Kdtr6E9kgOg1Jli0Y1ZA9p1yKiSRd8LBldDZXU5Bl&#10;If+XKH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAXtkWb8QBAADwAwAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA0G12peAAAAAMAQAADwAAAAAA&#10;AAAAAAAAAAAeBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACsFAAAAAA==&#10;" strokecolor="#3c3c3b [3213]" strokeweight="2pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00A27516">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114935" distR="114935" simplePos="0" relativeHeight="251645440" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="2EB80282" wp14:editId="6444FA89">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>3060700</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>360045</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1440000" cy="820800"/>
           <wp:effectExtent l="0" t="0" r="8255" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Placeholder" descr="Commun:CLIENTS:ECOFAC:CREA:CHARTE GRAPHIQUE:ARTWORK:Entetes:LINKS:Ecofac Business School:Ecofac BS-MANS ENTETES logo+tel.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -2836,94 +2729,94 @@
                   <pic:cNvPr id="0" name="Picture 4" descr="Commun:CLIENTS:ECOFAC:CREA:CHARTE GRAPHIQUE:ARTWORK:Entetes:LINKS:Ecofac Business School:Ecofac BS-MANS ENTETES logo+tel.png"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1440000" cy="820800"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{FAA26D3D-D897-4be2-8F04-BA451C77F1D7}">
-                      <ma14:placeholderFlag xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006"/>
+                      <ma14:placeholderFlag xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns=""/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:2.4pt;height:4.8pt" o:bullet="t">
+      <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:2.25pt;height:4.5pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="PUCE CHECK"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="B6E8615A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Listepuces5"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
@@ -3818,132 +3711,136 @@
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="188761397">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2025010491">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1755664611">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1203205563">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="200166453">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="N5MliXEGwxUYHvhPVSa8xtzrG+TV8jaznIlONvtLNi5ZgG8qQoMObkzxKRKba2JEVxNH+XByRphJekybPxvz/g==" w:salt="Q5eLDG3GJm6j3iiSRZOjFQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="2Nd4fZUQs86yaT/mbce+NXQHVNhS9rVPasQHSKT784iR0J309lqTsrOrUdU1wbpNK/h5ajb7y+3q2G4PJA4PnA==" w:salt="UEFDiFzSL4+YU1PuSkX/WQ=="/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:drawingGridVerticalSpacing w:val="181"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049" style="mso-position-horizontal-relative:page;mso-position-vertical-relative:page" fill="f" fillcolor="white" stroke="f">
+    <o:shapedefaults v:ext="edit" spidmax="2050" style="mso-position-horizontal-relative:page;mso-position-vertical-relative:page" fill="f" fillcolor="white" stroke="f">
       <v:fill color="white" on="f"/>
       <v:stroke on="f"/>
       <v:textbox inset=",7.2pt,,7.2pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0086612A"/>
     <w:rsid w:val="00005A5A"/>
     <w:rsid w:val="00067087"/>
     <w:rsid w:val="000C5F49"/>
     <w:rsid w:val="000D2C96"/>
     <w:rsid w:val="000D3356"/>
     <w:rsid w:val="000E0FE1"/>
     <w:rsid w:val="001142DD"/>
     <w:rsid w:val="001227B4"/>
     <w:rsid w:val="00123E21"/>
     <w:rsid w:val="0013021B"/>
     <w:rsid w:val="0013555D"/>
     <w:rsid w:val="00144BD4"/>
     <w:rsid w:val="00151AB7"/>
     <w:rsid w:val="001638A4"/>
     <w:rsid w:val="00164DBC"/>
     <w:rsid w:val="00171011"/>
     <w:rsid w:val="00173B99"/>
     <w:rsid w:val="001919CB"/>
     <w:rsid w:val="001A0949"/>
     <w:rsid w:val="001C437E"/>
     <w:rsid w:val="001E695F"/>
+    <w:rsid w:val="0021307A"/>
     <w:rsid w:val="002161BF"/>
     <w:rsid w:val="00223DA3"/>
     <w:rsid w:val="00245768"/>
+    <w:rsid w:val="00247B2E"/>
     <w:rsid w:val="00267C81"/>
     <w:rsid w:val="00271583"/>
     <w:rsid w:val="00285FB3"/>
     <w:rsid w:val="00293ECE"/>
     <w:rsid w:val="002B27E9"/>
     <w:rsid w:val="002B5BF0"/>
     <w:rsid w:val="002B5FAB"/>
     <w:rsid w:val="002C2B48"/>
     <w:rsid w:val="002D3597"/>
     <w:rsid w:val="002E3A52"/>
     <w:rsid w:val="002E579A"/>
     <w:rsid w:val="002F1CE5"/>
     <w:rsid w:val="002F338B"/>
     <w:rsid w:val="0030249A"/>
     <w:rsid w:val="00334F52"/>
     <w:rsid w:val="003416E9"/>
     <w:rsid w:val="0037447C"/>
     <w:rsid w:val="00397E4E"/>
     <w:rsid w:val="003B21E1"/>
     <w:rsid w:val="003E67FA"/>
+    <w:rsid w:val="003F117B"/>
     <w:rsid w:val="003F64AA"/>
     <w:rsid w:val="00424F61"/>
     <w:rsid w:val="004458C9"/>
     <w:rsid w:val="00473313"/>
     <w:rsid w:val="00480569"/>
     <w:rsid w:val="0048694C"/>
+    <w:rsid w:val="004948A2"/>
     <w:rsid w:val="004C6910"/>
     <w:rsid w:val="004E4678"/>
     <w:rsid w:val="004F403C"/>
     <w:rsid w:val="00511B83"/>
     <w:rsid w:val="00516E10"/>
     <w:rsid w:val="00521855"/>
     <w:rsid w:val="00531209"/>
     <w:rsid w:val="00544A98"/>
     <w:rsid w:val="00545E81"/>
     <w:rsid w:val="00554267"/>
     <w:rsid w:val="00556923"/>
     <w:rsid w:val="00564E4D"/>
     <w:rsid w:val="0056540E"/>
     <w:rsid w:val="00565C59"/>
     <w:rsid w:val="00573380"/>
     <w:rsid w:val="00593B27"/>
     <w:rsid w:val="00593E4E"/>
     <w:rsid w:val="00594EBA"/>
     <w:rsid w:val="005A07B6"/>
     <w:rsid w:val="005A14C6"/>
     <w:rsid w:val="005B27FE"/>
     <w:rsid w:val="005D3C30"/>
     <w:rsid w:val="005E1A1C"/>
     <w:rsid w:val="005E1D2C"/>
     <w:rsid w:val="005E29B1"/>
@@ -4006,135 +3903,137 @@
     <w:rsid w:val="00990180"/>
     <w:rsid w:val="0099711E"/>
     <w:rsid w:val="009A2669"/>
     <w:rsid w:val="009B252D"/>
     <w:rsid w:val="009C1DF9"/>
     <w:rsid w:val="009E17D1"/>
     <w:rsid w:val="009F6418"/>
     <w:rsid w:val="00A00C75"/>
     <w:rsid w:val="00A13230"/>
     <w:rsid w:val="00A15E1C"/>
     <w:rsid w:val="00A27516"/>
     <w:rsid w:val="00A3563B"/>
     <w:rsid w:val="00A4402B"/>
     <w:rsid w:val="00A47264"/>
     <w:rsid w:val="00A54734"/>
     <w:rsid w:val="00A7469F"/>
     <w:rsid w:val="00A957A1"/>
     <w:rsid w:val="00AA4399"/>
     <w:rsid w:val="00AB6D09"/>
     <w:rsid w:val="00AC3E37"/>
     <w:rsid w:val="00AC7E38"/>
     <w:rsid w:val="00AD1706"/>
     <w:rsid w:val="00B00152"/>
     <w:rsid w:val="00B03FE1"/>
     <w:rsid w:val="00B24376"/>
+    <w:rsid w:val="00B246BE"/>
     <w:rsid w:val="00B4114A"/>
     <w:rsid w:val="00B640DC"/>
     <w:rsid w:val="00BA0F2B"/>
     <w:rsid w:val="00BA6F9C"/>
     <w:rsid w:val="00BB171C"/>
     <w:rsid w:val="00BC00E1"/>
     <w:rsid w:val="00BD6104"/>
     <w:rsid w:val="00BF5465"/>
     <w:rsid w:val="00C01F7E"/>
     <w:rsid w:val="00C03414"/>
     <w:rsid w:val="00C41FED"/>
     <w:rsid w:val="00C44C80"/>
     <w:rsid w:val="00C60C61"/>
     <w:rsid w:val="00C66D64"/>
     <w:rsid w:val="00C77981"/>
     <w:rsid w:val="00C827A3"/>
     <w:rsid w:val="00C82C82"/>
     <w:rsid w:val="00C9498C"/>
     <w:rsid w:val="00CA7EBC"/>
     <w:rsid w:val="00CB1961"/>
     <w:rsid w:val="00CC2006"/>
     <w:rsid w:val="00CC6538"/>
     <w:rsid w:val="00CE5758"/>
     <w:rsid w:val="00CE6749"/>
     <w:rsid w:val="00D159E7"/>
     <w:rsid w:val="00D34EA8"/>
     <w:rsid w:val="00D35388"/>
     <w:rsid w:val="00D45E87"/>
     <w:rsid w:val="00D562D8"/>
     <w:rsid w:val="00DA27E2"/>
     <w:rsid w:val="00DB6AEC"/>
     <w:rsid w:val="00DC3B8E"/>
     <w:rsid w:val="00DC6A21"/>
     <w:rsid w:val="00DE0298"/>
     <w:rsid w:val="00DE5028"/>
     <w:rsid w:val="00DE70B4"/>
     <w:rsid w:val="00E06474"/>
     <w:rsid w:val="00E06C4A"/>
     <w:rsid w:val="00E14E37"/>
     <w:rsid w:val="00E16B8C"/>
     <w:rsid w:val="00E4210A"/>
     <w:rsid w:val="00E73258"/>
     <w:rsid w:val="00E76A71"/>
+    <w:rsid w:val="00EB2C9A"/>
     <w:rsid w:val="00EB7D59"/>
     <w:rsid w:val="00EC4B19"/>
     <w:rsid w:val="00EC4D46"/>
     <w:rsid w:val="00ED5A81"/>
     <w:rsid w:val="00EE697A"/>
     <w:rsid w:val="00F277D1"/>
     <w:rsid w:val="00F3471A"/>
     <w:rsid w:val="00F42532"/>
     <w:rsid w:val="00F51E67"/>
     <w:rsid w:val="00F672E7"/>
     <w:rsid w:val="00F75A9C"/>
     <w:rsid w:val="00F8629B"/>
     <w:rsid w:val="00F93357"/>
     <w:rsid w:val="00FA2054"/>
     <w:rsid w:val="00FD7881"/>
     <w:rsid w:val="00FE0AC2"/>
     <w:rsid w:val="00FE4EAD"/>
     <w:rsid w:val="00FF64A5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049" style="mso-position-horizontal-relative:page;mso-position-vertical-relative:page" fill="f" fillcolor="white" stroke="f">
+    <o:shapedefaults v:ext="edit" spidmax="2050" style="mso-position-horizontal-relative:page;mso-position-vertical-relative:page" fill="f" fillcolor="white" stroke="f">
       <v:fill color="white" on="f"/>
       <v:stroke on="f"/>
       <v:textbox inset=",7.2pt,,7.2pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="35B1C101"/>
   <w15:docId w15:val="{71340293-F87A-4B98-98B4-D9E52AF27003}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
@@ -6179,103 +6078,109 @@
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="57AF31" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Accentuationlgre">
     <w:name w:val="Subtle Emphasis"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="19"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EC4D46"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="9E9E9C" w:themeColor="text1" w:themeTint="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="EncadrGrisClair">
     <w:name w:val="Encadré Gris Clair"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="EncadrGrisClairCar"/>
     <w:autoRedefine/>
     <w:qFormat/>
-    <w:rsid w:val="00EC4D46"/>
+    <w:rsid w:val="0021307A"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="2" w:space="6" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         <w:left w:val="single" w:sz="2" w:space="6" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         <w:bottom w:val="single" w:sz="2" w:space="6" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         <w:right w:val="single" w:sz="2" w:space="6" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
       <w:spacing w:before="60" w:after="60"/>
       <w:ind w:left="142" w:right="142"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EncadrGrisClairCar">
     <w:name w:val="Encadré Gris Clair Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="EncadrGrisClair"/>
-    <w:rsid w:val="00EC4D46"/>
+    <w:rsid w:val="0021307A"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="ArialNarrow"/>
+      <w:b/>
+      <w:bCs/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Encadranthracite">
     <w:name w:val="Encadré anthracite"/>
     <w:basedOn w:val="EncadrGrisClair"/>
     <w:link w:val="EncadranthraciteCar"/>
     <w:autoRedefine/>
     <w:qFormat/>
-    <w:rsid w:val="00EC4D46"/>
+    <w:rsid w:val="0021307A"/>
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="3C3C3B" w:themeFill="text1"/>
-      <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EncadranthraciteCar">
     <w:name w:val="Encadré anthracite Car"/>
     <w:basedOn w:val="EncadrGrisClairCar"/>
     <w:link w:val="Encadranthracite"/>
-    <w:rsid w:val="00EC4D46"/>
+    <w:rsid w:val="0021307A"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="ArialNarrow"/>
+      <w:b/>
+      <w:bCs/>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:shd w:val="clear" w:color="auto" w:fill="3C3C3B" w:themeFill="text1"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="En-tte">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="En-tteCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EC4D46"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="En-tteCar">
     <w:name w:val="En-tête Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="En-tte"/>
@@ -22533,55 +22438,55 @@
     </w:div>
     <w:div w:id="1622954190">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/customizations.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/attachedToolbars" Target="attachedToolbars.bin"/></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/keyMapCustomizations" Target="customizations.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:geraldine.levier@cdg72.fr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:geraldine.levier@cdg72.fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/keyMapCustomizations" Target="customizations.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="940E7E20AFAB40A99212B2A33A3B2BEA"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
@@ -22669,241 +22574,154 @@
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DBD0F67B-756F-4D44-ABF8-64BA7B19D628}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00B22728" w:rsidRDefault="00B22728" w:rsidP="00B22728">
           <w:pPr>
             <w:pStyle w:val="2C66AC4923EE4BD380606914958A434B"/>
           </w:pPr>
           <w:r w:rsidRPr="005358CD">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="3987ED3410A6467F9FAEB18F8ADD0AF6"/>
-[...27 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="CAF9F4C391344904AE4BD917CCFC86D5"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CF04B8B8-1DFC-43BF-8858-E1139B61B2A9}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00B22728" w:rsidRDefault="00B22728" w:rsidP="00B22728">
           <w:pPr>
             <w:pStyle w:val="CAF9F4C391344904AE4BD917CCFC86D5"/>
-          </w:pPr>
-[...27 lines deleted...]
-            <w:pStyle w:val="37E5D63642584ADC97B9A022C9DBECDA"/>
           </w:pPr>
           <w:r w:rsidRPr="005358CD">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="EA3ED1164CA54149A1CC1B290DF0026F"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B0121E36-E487-463D-8A84-C7D48D1D6A4E}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00B22728" w:rsidRDefault="00B22728" w:rsidP="00B22728">
           <w:pPr>
             <w:pStyle w:val="EA3ED1164CA54149A1CC1B290DF0026F"/>
           </w:pPr>
           <w:r w:rsidRPr="005358CD">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="F75A08E17BE24F55BD632197BA35423B"/>
+        <w:name w:val="E82A9D966185436A80D17549D9F984D3"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{2EFE66E4-7B3D-4282-97D9-1ACE81A493B1}"/>
+        <w:guid w:val="{B8D06902-8E27-47EA-A8DB-ADCDC8466534}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B22728" w:rsidRDefault="00B22728" w:rsidP="00B22728">
+        <w:p w:rsidR="00BC76AA" w:rsidRDefault="000E37E5" w:rsidP="000E37E5">
           <w:pPr>
-            <w:pStyle w:val="F75A08E17BE24F55BD632197BA35423B"/>
+            <w:pStyle w:val="E82A9D966185436A80D17549D9F984D3"/>
           </w:pPr>
           <w:r w:rsidRPr="005358CD">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="6B27CE1F383347559C179BE2CE66B01F"/>
+        <w:name w:val="019F7F14C761453D99B855A767124F86"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{A4F9A28B-333B-44CD-AFFA-88B76B412C18}"/>
+        <w:guid w:val="{F872B8DB-E96D-44B2-A18F-A4F866FA29F4}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B22728" w:rsidRDefault="00B22728" w:rsidP="00B22728">
+        <w:p w:rsidR="00BC76AA" w:rsidRDefault="000E37E5" w:rsidP="000E37E5">
           <w:pPr>
-            <w:pStyle w:val="6B27CE1F383347559C179BE2CE66B01F"/>
-[...28 lines deleted...]
-            <w:pStyle w:val="A3733A2F10D848B58640E9AEC02BA308"/>
+            <w:pStyle w:val="019F7F14C761453D99B855A767124F86"/>
           </w:pPr>
           <w:r w:rsidRPr="005358CD">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -22939,60 +22757,62 @@
     <w:charset w:val="4D"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DIN">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="800000A7" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000009" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
+    <w:altName w:val="Arial Unicode MS"/>
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DIN-Regular">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialNarrow-Bold">
     <w:altName w:val="Arial Narrow"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Rockwell">
     <w:panose1 w:val="02060603020205020403"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
@@ -23010,60 +22830,63 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B22728"/>
+    <w:rsid w:val="000E37E5"/>
     <w:rsid w:val="00164DBC"/>
     <w:rsid w:val="00245768"/>
     <w:rsid w:val="002D3597"/>
     <w:rsid w:val="002E579A"/>
     <w:rsid w:val="0056540E"/>
     <w:rsid w:val="00593E4E"/>
     <w:rsid w:val="0077647E"/>
     <w:rsid w:val="0088530E"/>
     <w:rsid w:val="009E17D1"/>
     <w:rsid w:val="00B22728"/>
+    <w:rsid w:val="00B246BE"/>
+    <w:rsid w:val="00BC76AA"/>
     <w:rsid w:val="00C44C80"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -23476,98 +23299,120 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Textedelespacerserv">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B22728"/>
+    <w:rsid w:val="000E37E5"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="940E7E20AFAB40A99212B2A33A3B2BEA">
     <w:name w:val="940E7E20AFAB40A99212B2A33A3B2BEA"/>
     <w:rsid w:val="00B22728"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5A5860947F8745DEB241CCDD188E7217">
     <w:name w:val="5A5860947F8745DEB241CCDD188E7217"/>
     <w:rsid w:val="00B22728"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="16509B66389749B29F26432EAA0C371F">
     <w:name w:val="16509B66389749B29F26432EAA0C371F"/>
     <w:rsid w:val="00B22728"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2C66AC4923EE4BD380606914958A434B">
     <w:name w:val="2C66AC4923EE4BD380606914958A434B"/>
     <w:rsid w:val="00B22728"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3987ED3410A6467F9FAEB18F8ADD0AF6">
     <w:name w:val="3987ED3410A6467F9FAEB18F8ADD0AF6"/>
     <w:rsid w:val="00B22728"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CAF9F4C391344904AE4BD917CCFC86D5">
     <w:name w:val="CAF9F4C391344904AE4BD917CCFC86D5"/>
     <w:rsid w:val="00B22728"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="37E5D63642584ADC97B9A022C9DBECDA">
     <w:name w:val="37E5D63642584ADC97B9A022C9DBECDA"/>
     <w:rsid w:val="00B22728"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="EA3ED1164CA54149A1CC1B290DF0026F">
     <w:name w:val="EA3ED1164CA54149A1CC1B290DF0026F"/>
     <w:rsid w:val="00B22728"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F75A08E17BE24F55BD632197BA35423B">
     <w:name w:val="F75A08E17BE24F55BD632197BA35423B"/>
     <w:rsid w:val="00B22728"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6B27CE1F383347559C179BE2CE66B01F">
     <w:name w:val="6B27CE1F383347559C179BE2CE66B01F"/>
     <w:rsid w:val="00B22728"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A3733A2F10D848B58640E9AEC02BA308">
     <w:name w:val="A3733A2F10D848B58640E9AEC02BA308"/>
     <w:rsid w:val="00B22728"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E82A9D966185436A80D17549D9F984D3">
+    <w:name w:val="E82A9D966185436A80D17549D9F984D3"/>
+    <w:rsid w:val="000E37E5"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="019F7F14C761453D99B855A767124F86">
+    <w:name w:val="019F7F14C761453D99B855A767124F86"/>
+    <w:rsid w:val="000E37E5"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="CDG72">
   <a:themeElements>
     <a:clrScheme name="CDG">
       <a:dk1>
         <a:srgbClr val="3C3C3B"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="3C3C3B"/>
       </a:dk2>
       <a:lt2>
@@ -23813,69 +23658,69 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5EA01E4E-1715-405C-B11D-0EB6C0623599}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>108</Words>
-  <Characters>599</Characters>
+  <Words>139</Words>
+  <Characters>766</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
+  <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Agence Machin Bidule</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>706</CharactersWithSpaces>
+  <CharactersWithSpaces>904</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Stanislas Perlinski</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>