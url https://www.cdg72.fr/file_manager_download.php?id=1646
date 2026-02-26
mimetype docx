--- v0 (2025-12-07)
+++ v1 (2026-02-26)
@@ -1,10057 +1,8465 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="66072939" w14:textId="77777777" w:rsidR="00720D1B" w:rsidRDefault="00B77CCD" w:rsidP="00720D1B">
+    <w:p w14:paraId="1537975C" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="intituldeladelib"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk182905714"/>
+      <w:r w:rsidRPr="007C50B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="8F0000" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Mentions en orange </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>: à supprimer lors de l’adoption</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BC55F80" w14:textId="77777777" w:rsidR="007C50B9" w:rsidRDefault="007C50B9" w:rsidP="00720D1B">
+    <w:p w14:paraId="10B657FA" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="intituldeladelib"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1DED8BA4" w14:textId="77777777" w:rsidR="00720D1B" w:rsidRDefault="00720D1B" w:rsidP="00720D1B">
+    <w:p w14:paraId="3E59C419" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="intituldeladelib"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001530A4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Mentions en vert </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>: options à choisir / penser à supprimer les autres options non-retenues</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D12D9C3" w14:textId="77777777" w:rsidR="007C50B9" w:rsidRDefault="007C50B9" w:rsidP="00720D1B">
+    <w:p w14:paraId="14C4C85A" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="intituldeladelib"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1738D6BF" w14:textId="77777777" w:rsidR="00BB24DD" w:rsidRDefault="00BB24DD" w:rsidP="00720D1B">
+    <w:p w14:paraId="5C46F34B" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="intituldeladelib"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001530A4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Mentions en bleu </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>: commentaires / penser à les supprimer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A932D1B" w14:textId="77777777" w:rsidR="00720D1B" w:rsidRDefault="00720D1B" w:rsidP="00720D1B">
+    <w:p w14:paraId="28F072D8" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="intituldeladelib"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B366F33" w14:textId="77777777" w:rsidR="00720D1B" w:rsidRDefault="00720D1B" w:rsidP="001530A4">
+    <w:p w14:paraId="2B727FD8" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="intituldeladelib"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7254E43F" w14:textId="77777777" w:rsidR="007C50B9" w:rsidRDefault="007C50B9" w:rsidP="001530A4">
+    <w:p w14:paraId="629F3DDC" w14:textId="58092DF2" w:rsidR="008C5F8F" w:rsidRPr="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:pStyle w:val="EncadrGrisClair"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008C5F8F">
+        <w:t>Délibération portant mise en place du régime indemnitaire tenant compte des fonctions, des sujétions, de l’expertise et de l’engagement professionnel (RIFSEEP)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12150A33" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="intituldeladelib"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3DC5344E" w14:textId="77777777" w:rsidR="007C50B9" w:rsidRDefault="007C50B9" w:rsidP="001530A4">
-[...8 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="28959C75" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626457">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Vu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="51747212" w14:textId="77777777" w:rsidR="00DE0B38" w:rsidRPr="00626457" w:rsidRDefault="00DE0B38" w:rsidP="00DE0B38">
-[...52 lines deleted...]
-    <w:p w14:paraId="3A76C985" w14:textId="77777777" w:rsidR="00383370" w:rsidRDefault="00383370" w:rsidP="00383370">
+    <w:p w14:paraId="0EA0032F" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00383370">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0098311A" w:rsidRPr="00383370">
-[...6 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00383370">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>es</w:t>
+        <w:t>le code général des collectivités territoriales</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A1DD518" w14:textId="77777777" w:rsidR="00383370" w:rsidRDefault="00383370" w:rsidP="00383370">
+    <w:p w14:paraId="2BA6CAE9" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>- le c</w:t>
       </w:r>
-      <w:r w:rsidR="00710C70" w:rsidRPr="00383370">
+      <w:r w:rsidRPr="00383370">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">ode général de la </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidR="00710C70" w:rsidRPr="00383370">
+      <w:r w:rsidRPr="00383370">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>onction publique</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00710C70" w:rsidRPr="00383370">
-[...23 lines deleted...]
-      <w:r w:rsidR="0098311A" w:rsidRPr="00383370">
+      <w:r w:rsidRPr="00383370">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et notamment ses articles L712-1 et -2, L714-1, L714-4 et suivants</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00710C70" w:rsidRPr="00383370">
-[...22 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="6584FB7E" w14:textId="77777777" w:rsidR="00720D1B" w:rsidRPr="00383370" w:rsidRDefault="00383370" w:rsidP="00383370">
+    <w:p w14:paraId="38C32642" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00383370" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>- l</w:t>
       </w:r>
-      <w:r w:rsidR="0098311A" w:rsidRPr="00383370">
+      <w:r w:rsidRPr="00383370">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>e décret n°91-875 du 6 septembre 1991 modifié pris pour l’application du 1</w:t>
       </w:r>
-      <w:r w:rsidR="0098311A" w:rsidRPr="00383370">
+      <w:r w:rsidRPr="00383370">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
-      <w:r w:rsidR="0098311A" w:rsidRPr="00383370">
+      <w:r w:rsidRPr="00383370">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> alinéa de l’article 88 de la loi du 26 janvier 1984</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39B101B1" w14:textId="77777777" w:rsidR="00720D1B" w:rsidRPr="007C50B9" w:rsidRDefault="00383370" w:rsidP="00383370">
+    <w:p w14:paraId="319F951C" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007C50B9" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:i/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="8F0000" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidR="00302B0F" w:rsidRPr="00383370">
-[...31 lines deleted...]
-      <w:r w:rsidR="00302B0F" w:rsidRPr="007C50B9">
+      <w:r w:rsidRPr="00383370">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">le décret n° 2010-997 du 26 août 2010 modifié relatif au régime de maintien des primes et indemnités des agents publics de l'Etat et des magistrats de l'ordre judiciaire dans certaines situations de congés, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C50B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:i/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
-[...53 lines deleted...]
-        <w:t>)</w:t>
+          <w:color w:val="8F0000" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(si votre choix est de faire application – en totalité ou partiellement – du régime applicable aux agents de l’Etat en matière de maintien du régime indemnitaire en cas d’absence – voir article 7 ci-dessous)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="569AB2E0" w14:textId="77777777" w:rsidR="00383370" w:rsidRDefault="00383370" w:rsidP="00383370">
+    <w:p w14:paraId="5228128F" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidR="0098311A" w:rsidRPr="00B92C3D">
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> 2014 portant création d'un régime indemnitaire tenant compte des fonctions, des sujétions, de l'expertise et de l'engagement professionnel dans la fonction publique de l'Etat</w:t>
+      <w:r w:rsidRPr="00B92C3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>le décret n° 2014-513 du 20 mai 2014 portant création d'un régime indemnitaire tenant compte des fonctions, des sujétions, de l'expertise et de l'engagement professionnel dans la fonction publique de l'Etat</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07CD1179" w14:textId="77777777" w:rsidR="00383370" w:rsidRDefault="00383370" w:rsidP="00383370">
+    <w:p w14:paraId="665CEB69" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidR="00D94387" w:rsidRPr="001530A4">
-[...23 lines deleted...]
-      <w:r w:rsidR="006A330C">
+      <w:r w:rsidRPr="001530A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>le décret n° 2014-1526 du 16 décembre 2014 relatif à l'appréciation de la valeur professionnelle des fonctionnaires territoriaux</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6123F71E" w14:textId="77777777" w:rsidR="00383370" w:rsidRDefault="00383370" w:rsidP="00383370">
+    <w:p w14:paraId="15C017D4" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidR="00FD515D" w:rsidRPr="001530A4">
+      <w:r w:rsidRPr="001530A4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">la </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidR="00FD515D" w:rsidRPr="001530A4">
+      <w:hyperlink r:id="rId5" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="001530A4">
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>circulaire du 5 décembre 2014 relative à la mise en œuvre du régime indemnitaire tenant compte des fonctions, des sujétions, de l’expertise et de l’engagement professionnel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BCC2186" w14:textId="77777777" w:rsidR="0098311A" w:rsidRPr="001530A4" w:rsidRDefault="00383370" w:rsidP="00383370">
+    <w:p w14:paraId="055EDD16" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="001530A4" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidR="009F62D2" w:rsidRPr="001530A4">
-[...13 lines deleted...]
-        <w:t xml:space="preserve">du </w:t>
+      <w:r w:rsidRPr="001530A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">l’avis du </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidR="0098311A" w:rsidRPr="001530A4">
-[...39 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="001530A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>omité social territorial en date du …………..</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="212EF38A" w14:textId="77777777" w:rsidR="00E91F86" w:rsidRPr="00B92C3D" w:rsidRDefault="00E91F86" w:rsidP="001530A4">
+    <w:p w14:paraId="235449E5" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00B92C3D" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:bar w:val="single" w:sz="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Commentaire </w:t>
       </w:r>
       <w:r w:rsidRPr="001530A4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> l’avis du CST doit être antérieur à l’adoption de la délibération.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2141B127" w14:textId="77777777" w:rsidR="0098311A" w:rsidRPr="00626457" w:rsidRDefault="00720D1B" w:rsidP="0098311A">
+    <w:p w14:paraId="73A392CE" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Il </w:t>
       </w:r>
-      <w:r w:rsidR="004A4EDA" w:rsidRPr="00626457">
-[...13 lines deleted...]
-        <w:t>assemblée délibérante de fixer la nature, les plafonds et les conditions d’attribution des indemnités</w:t>
+      <w:r w:rsidRPr="00626457">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>appartient à l’assemblée délibérante de fixer la nature, les plafonds et les conditions d’attribution des indemnités</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="001530A4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Le Maire (ou le Président) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>propose</w:t>
       </w:r>
-      <w:r w:rsidR="00302B0F" w:rsidRPr="00626457">
+      <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> à l’assemblée délibérante </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>de mettre en œuvre le</w:t>
       </w:r>
-      <w:r w:rsidR="00302B0F" w:rsidRPr="00626457">
+      <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> RIFSEEP</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> dans les conditions présentées ci-dessous</w:t>
       </w:r>
-      <w:r w:rsidR="00302B0F" w:rsidRPr="00626457">
+      <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7035EB99" w14:textId="77777777" w:rsidR="00FD515D" w:rsidRPr="00626457" w:rsidRDefault="00AB6729" w:rsidP="0098311A">
+    <w:p w14:paraId="6543E703" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Article 1</w:t>
       </w:r>
       <w:r w:rsidRPr="001530A4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bénéficiaires</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F9C42E4" w14:textId="77777777" w:rsidR="00D40F4F" w:rsidRPr="00626457" w:rsidRDefault="00626452" w:rsidP="0098311A">
+    <w:p w14:paraId="790259CB" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Sont susceptibles de bénéficier</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> tel que défini dans la présente délibération : </w:t>
+        <w:t xml:space="preserve">Sont susceptibles de bénéficier du régime indemnitaire tel que défini dans la présente délibération : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08BF1DD7" w14:textId="77777777" w:rsidR="00047A03" w:rsidRPr="00626457" w:rsidRDefault="00D40F4F" w:rsidP="00D40F4F">
+    <w:p w14:paraId="6A3BBCAD" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Les fonctionnaires titulaires</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> à temps complet, temps non complet ou à temps partiel</w:t>
+        <w:t>Les fonctionnaires titulaires à temps complet, temps non complet ou à temps partiel</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26E881FF" w14:textId="77777777" w:rsidR="00B92C3D" w:rsidRPr="007C50B9" w:rsidRDefault="00047A03" w:rsidP="00B92C3D">
+    <w:p w14:paraId="10C22379" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007C50B9" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C50B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Les fonctionnaires</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Les fonctionnaires stagiaires à temps complet, temps non complet ou à temps partiel </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40CFD2A7" w14:textId="77777777" w:rsidR="00BB24DD" w:rsidRPr="007C50B9" w:rsidRDefault="00D40F4F" w:rsidP="00B92C3D">
+    <w:p w14:paraId="02D79EA5" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007C50B9" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C50B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Les agents contractuels de droit public </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Les agents contractuels de droit public à temps complet, temps non complet ou à temps partiel </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FD1214A" w14:textId="77777777" w:rsidR="00B077D9" w:rsidRPr="001530A4" w:rsidRDefault="00BB24DD" w:rsidP="001530A4">
+    <w:p w14:paraId="24EDD092" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="001530A4" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:bar w:val="single" w:sz="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001530A4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Commentaires</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001530A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : Le contrat de l’agent devra viser cette délibération et prévoir un article relatif au RIFSEEP pour fixer le montant attribué à titre individuel. Pour les agents titulaires ou stagiaires, l’arrêté individuel fixant ce montant visera également cette délibération. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52674675" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626457">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Commentaires</w:t>
+        <w:t>Les agents de droit privé ne bénéficient pas des dispositions prévues par la présente</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> délibération.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F06EA0B" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="274D8549" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626457">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Article 2</w:t>
       </w:r>
       <w:r w:rsidRPr="001530A4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-          <w:iCs/>
-[...44 lines deleted...]
-        <w:t xml:space="preserve">. Pour les agents titulaires ou stagiaires, l’arrêté individuel fixant ce montant visera également cette délibération. </w:t>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626457">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Parts et plafonds</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14F6FECF" w14:textId="77777777" w:rsidR="009A0F00" w:rsidRDefault="00626452" w:rsidP="009A0F00">
+    <w:p w14:paraId="63FEFA77" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Les agents de droit privé n</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> délibération.</w:t>
+        <w:t xml:space="preserve">Le RIFSEEP est composé de deux parts : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="629A0677" w14:textId="77777777" w:rsidR="00663E97" w:rsidRPr="00626457" w:rsidRDefault="00663E97" w:rsidP="009A0F00">
-[...82 lines deleted...]
-    <w:p w14:paraId="6DBDF210" w14:textId="77777777" w:rsidR="00B077D9" w:rsidRDefault="00DD7F50" w:rsidP="00B077D9">
+    <w:p w14:paraId="47DB82DE" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00B077D9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>une</w:t>
-[...26 lines deleted...]
-      <w:r w:rsidR="00BB24DD">
+        <w:t>une part fixe (IFSE) liée aux fonctions et à l’expérience professionnelle</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AFC5350" w14:textId="77777777" w:rsidR="00AB6729" w:rsidRPr="00B077D9" w:rsidRDefault="00DD7F50" w:rsidP="00B077D9">
+    <w:p w14:paraId="4B385E1B" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00B077D9" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00B077D9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>une</w:t>
-[...40 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>une part variable (CIA) liée à l’engagement professionnel et à la manière de servir.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D14F583" w14:textId="77777777" w:rsidR="00626452" w:rsidRDefault="00626452" w:rsidP="005A2F73">
+    <w:p w14:paraId="4C7F1B62" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Les montants </w:t>
       </w:r>
-      <w:r w:rsidR="00BB24DD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">plafonds fixés par la présente délibération </w:t>
       </w:r>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">sont établis pour un agent exerçant à temps complet. Ils sont réduits au prorata de la durée effective du temps de travail pour les agents exerçant à temps partiel ou </w:t>
       </w:r>
-      <w:r w:rsidR="00BB24DD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>occupant un</w:t>
       </w:r>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> emploi à temps non complet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="181B6714" w14:textId="77777777" w:rsidR="00663E97" w:rsidRPr="00626457" w:rsidRDefault="00663E97" w:rsidP="005A2F73">
+    <w:p w14:paraId="434A55D1" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E4E1E7D" w14:textId="77777777" w:rsidR="005023F7" w:rsidRPr="00626457" w:rsidRDefault="005023F7" w:rsidP="0098311A">
+    <w:p w14:paraId="15CB1D40" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Article 3</w:t>
       </w:r>
       <w:r w:rsidRPr="001530A4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009305CE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">éfinition des groupes </w:t>
       </w:r>
-      <w:r w:rsidR="00CE5D14">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">de fonctions </w:t>
       </w:r>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">et des critères </w:t>
       </w:r>
-      <w:r w:rsidR="00CE5D14">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>de classement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45F49267" w14:textId="77777777" w:rsidR="00EA3E61" w:rsidRPr="00D95028" w:rsidRDefault="00EA3E61" w:rsidP="00663E97">
+    <w:p w14:paraId="2C2DF06D" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00D95028" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Article 3-1</w:t>
       </w:r>
       <w:r w:rsidRPr="001530A4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> : </w:t>
-[...21 lines deleted...]
-      <w:r w:rsidR="000E3F5F" w:rsidRPr="001530A4">
+        <w:t> : Définition des groupes de fonctions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001530A4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52A14FF6" w14:textId="77777777" w:rsidR="000E3F5F" w:rsidRPr="00626457" w:rsidRDefault="00EA3E61" w:rsidP="0098311A">
+    <w:p w14:paraId="796D46B5" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
-      <w:r w:rsidR="000E3F5F" w:rsidRPr="00626457">
+      <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">es fonctions d'un cadre </w:t>
       </w:r>
-      <w:r w:rsidR="009305CE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
-      <w:r w:rsidR="000E3F5F" w:rsidRPr="00626457">
+      <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>emplois sont réparties au sein de différents groupes au regard des critères professionnels suivants :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11856258" w14:textId="77777777" w:rsidR="000E3F5F" w:rsidRPr="00626457" w:rsidRDefault="000E3F5F" w:rsidP="0098311A">
+    <w:p w14:paraId="703E8809" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>1° Fonctions d'encadrement, de coordination, de pilotage ou de conception ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="451A7281" w14:textId="77777777" w:rsidR="000E3F5F" w:rsidRPr="00626457" w:rsidRDefault="000E3F5F" w:rsidP="0098311A">
+    <w:p w14:paraId="29F5ABE5" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">2° </w:t>
-[...15 lines deleted...]
-        <w:t>ualification nécessaire à l'exercice des fonctions ;</w:t>
+        <w:t>2° Technicité, expertise et qualification nécessaire à l'exercice des fonctions ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22A7A2F8" w14:textId="77777777" w:rsidR="00BB24DD" w:rsidRDefault="000E3F5F" w:rsidP="001530A4">
+    <w:p w14:paraId="50D035F3" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>3° Sujétions particulières ou degré d'exposition du poste au regard de son environnement professionnel.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1423D159" w14:textId="77777777" w:rsidR="00E169C2" w:rsidRDefault="00E169C2" w:rsidP="001530A4">
+    <w:p w14:paraId="5EB2893C" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D230139" w14:textId="77777777" w:rsidR="00EA3E61" w:rsidRPr="001530A4" w:rsidRDefault="00663E97" w:rsidP="00331AE3">
+    <w:p w14:paraId="0247BA76" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="001530A4" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00663E97">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Article 3-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> : </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001530A4">
+        <w:t> : D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001530A4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>D</w:t>
-[...32 lines deleted...]
-        <w:t xml:space="preserve">la classification des emplois dans les groupes de fonctions </w:t>
+        <w:t xml:space="preserve">éfinition des critères pour la classification des emplois dans les groupes de fonctions </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02F2C2E6" w14:textId="77777777" w:rsidR="00575CBA" w:rsidRPr="001530A4" w:rsidRDefault="00BB24DD" w:rsidP="001530A4">
+    <w:p w14:paraId="14C8F76B" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="001530A4" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:bar w:val="single" w:sz="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001530A4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Commentaires</w:t>
       </w:r>
       <w:r w:rsidRPr="001530A4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00317C89" w:rsidRPr="001530A4">
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> : Les critères suivants sont des propositions à compléter ou à modifier</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...49 lines deleted...]
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Listeclaire-Accent3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3022"/>
         <w:gridCol w:w="3015"/>
         <w:gridCol w:w="3015"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00626457" w:rsidRPr="00626457" w14:paraId="46A542EF" w14:textId="77777777" w:rsidTr="0082671D">
+      <w:tr w:rsidR="008C5F8F" w:rsidRPr="00626457" w14:paraId="37E98CFA" w14:textId="77777777" w:rsidTr="00FF3701">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="362BA734" w14:textId="77777777" w:rsidR="00626457" w:rsidRPr="00626457" w:rsidRDefault="00626457" w:rsidP="0082671D">
+          <w:p w14:paraId="7CC88056" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00626457">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Critère </w:t>
             </w:r>
-            <w:r w:rsidR="0082671D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">professionnel </w:t>
             </w:r>
             <w:r w:rsidRPr="00626457">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3071" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43BA51D5" w14:textId="77777777" w:rsidR="00626457" w:rsidRPr="00626457" w:rsidRDefault="00626457" w:rsidP="0082671D">
+          <w:p w14:paraId="32F06A7D" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00626457">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Critère</w:t>
             </w:r>
-            <w:r w:rsidR="0082671D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> professionnel</w:t>
             </w:r>
             <w:r w:rsidRPr="00626457">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3071" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DE21DFC" w14:textId="77777777" w:rsidR="00626457" w:rsidRPr="00626457" w:rsidRDefault="00626457" w:rsidP="0082671D">
+          <w:p w14:paraId="4C321201" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00626457">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Critère </w:t>
             </w:r>
-            <w:r w:rsidR="0082671D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">professionnel </w:t>
             </w:r>
             <w:r w:rsidRPr="00626457">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001530A4" w:rsidRPr="001530A4" w14:paraId="62DB022F" w14:textId="77777777" w:rsidTr="0082671D">
+      <w:tr w:rsidR="008C5F8F" w:rsidRPr="001530A4" w14:paraId="72582FCD" w14:textId="77777777" w:rsidTr="00FF3701">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D05A45D" w14:textId="77777777" w:rsidR="00626457" w:rsidRPr="004139DC" w:rsidRDefault="00626457" w:rsidP="0082671D">
+          <w:p w14:paraId="15D219C8" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004139DC">
+            <w:r w:rsidRPr="008C5F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Fonctions d’encadrement, de coordination, de pilotage ou de conception</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3071" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C7F5FF2" w14:textId="77777777" w:rsidR="00626457" w:rsidRPr="004139DC" w:rsidRDefault="00626457" w:rsidP="0082671D">
+          <w:p w14:paraId="3833C1A8" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004139DC">
+            <w:r w:rsidRPr="008C5F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Technicité, expertise, expérience ou qualification nécessaire à l’exercice des fonctions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3071" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D90B0C9" w14:textId="77777777" w:rsidR="00626457" w:rsidRPr="004139DC" w:rsidRDefault="00626457" w:rsidP="0082671D">
+          <w:p w14:paraId="3499261F" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004139DC">
+            <w:r w:rsidRPr="008C5F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Sujétions particulières ou degré d’exposition du poste au regard de son environnement professionnel</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0082671D" w:rsidRPr="0082671D" w14:paraId="55E5993B" w14:textId="77777777" w:rsidTr="0082671D">
+      <w:tr w:rsidR="008C5F8F" w:rsidRPr="0082671D" w14:paraId="704E2F89" w14:textId="77777777" w:rsidTr="00FF3701">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3070" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C55A11" w:themeFill="accent3"/>
           </w:tcPr>
-          <w:p w14:paraId="06EFA5F6" w14:textId="77777777" w:rsidR="0082671D" w:rsidRPr="0082671D" w:rsidRDefault="0082671D" w:rsidP="0082671D">
+          <w:p w14:paraId="3C2EC2AF" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="0082671D" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0082671D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Définition</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3071" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C55A11" w:themeFill="accent3"/>
           </w:tcPr>
-          <w:p w14:paraId="32BE7C86" w14:textId="77777777" w:rsidR="0082671D" w:rsidRPr="0082671D" w:rsidRDefault="0082671D" w:rsidP="0082671D">
+          <w:p w14:paraId="68EF8D1D" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="0082671D" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0082671D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Définition</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3071" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C55A11" w:themeFill="accent3"/>
           </w:tcPr>
-          <w:p w14:paraId="50BBF652" w14:textId="77777777" w:rsidR="0082671D" w:rsidRPr="0082671D" w:rsidRDefault="0082671D" w:rsidP="0082671D">
+          <w:p w14:paraId="49056DB2" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="0082671D" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0082671D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Définition</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0082671D" w:rsidRPr="00626457" w14:paraId="5C63EB5F" w14:textId="77777777" w:rsidTr="0082671D">
+      <w:tr w:rsidR="008C5F8F" w:rsidRPr="00626457" w14:paraId="11DD0DFC" w14:textId="77777777" w:rsidTr="00FF3701">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6434466C" w14:textId="77777777" w:rsidR="0082671D" w:rsidRPr="004139DC" w:rsidRDefault="0082671D" w:rsidP="0082671D">
+          <w:p w14:paraId="02828DDD" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004139DC">
+            <w:r w:rsidRPr="008C5F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Tenir compte des responsabilités plus ou moins lourdes en matière d’encadrement ou de coordination d’une équipe, d’élaboration et de suivi de dossiers stratégiques ou bien encore de conduite de projets.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3071" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="447E7CD8" w14:textId="77777777" w:rsidR="0082671D" w:rsidRPr="004139DC" w:rsidRDefault="0082671D" w:rsidP="0082671D">
+          <w:p w14:paraId="65890AC2" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004139DC">
+            <w:r w:rsidRPr="008C5F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Valoriser l’acquisition et la mobilisation de compétences plus ou moins complexes dans le domaine fonctionnel de référence de l’agent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3071" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43883B9E" w14:textId="77777777" w:rsidR="0082671D" w:rsidRPr="004139DC" w:rsidRDefault="0082671D" w:rsidP="0082671D">
+          <w:p w14:paraId="556EAC83" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004139DC">
+            <w:r w:rsidRPr="008C5F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Contraintes particulières liées au poste : physiques, responsabilités prononcées, lieux d’affectation, …</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="00498697" w14:textId="77777777" w:rsidR="00AE1838" w:rsidRDefault="00AE1838" w:rsidP="0098311A">
+    <w:p w14:paraId="686E41B4" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Marquedecommentaire"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1FBCF1A0" w14:textId="77777777" w:rsidR="00663E97" w:rsidRDefault="00663E97" w:rsidP="0098311A">
+    <w:p w14:paraId="68DB8954" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Marquedecommentaire"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E8E4565" w14:textId="77777777" w:rsidR="009305CE" w:rsidRPr="00A36BFE" w:rsidRDefault="009305CE" w:rsidP="00BB125B">
+    <w:p w14:paraId="49304DC8" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00A36BFE" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2308F362" w14:textId="77777777" w:rsidR="00EA3E61" w:rsidRDefault="00EA3E61" w:rsidP="00331AE3">
+    <w:p w14:paraId="5D24CB92" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidR="00663E97">
+        <w:t>Article 3-3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711414">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:u w:val="single"/>
-[...6 lines deleted...]
-          <w:b/>
+        </w:rPr>
+        <w:t> : Définition des critères pour la part variable (CIA)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D95028">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67A278AD" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626457">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">versement du </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626457">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">complément indemnitaire </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(CIA) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626457">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tiendra compte des éléments suivants appréciés dans le cadre de la procédure d’évaluation </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00692050">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>professionnelle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C50B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="8F0000" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C50B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:i/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-          <w:b/>
+          <w:color w:val="8F0000" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:i/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-          <w:b/>
+          <w:color w:val="8F0000" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>entretien professionnel du fonctionnaire et du contractuel, évaluation du stagiaire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C50B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:i/>
-          <w:sz w:val="18"/>
-[...28 lines deleted...]
-          <w:i/>
+          <w:color w:val="8F0000" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="000E519F" w:rsidRPr="00D95028">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="007C50B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="8F0000" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626457">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="296DB937" w14:textId="77777777" w:rsidR="00D224BC" w:rsidRDefault="00EA3E61" w:rsidP="0098311A">
-[...129 lines deleted...]
-    <w:p w14:paraId="716738D0" w14:textId="77777777" w:rsidR="0082671D" w:rsidRPr="004139DC" w:rsidRDefault="00EA3E61" w:rsidP="00711414">
+    <w:p w14:paraId="5EFC807A" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="004139DC" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:bar w:val="single" w:sz="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711414">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Commentaire</w:t>
       </w:r>
       <w:r w:rsidRPr="00711414">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="0082671D" w:rsidRPr="00711414">
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> : La collectivité doit définir ses propres critères</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...3 lines deleted...]
-        <w:t>a collectivité doit définir ses propres critères</w:t>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en tenant compte notamment à ne pas fixer de critères tenant à l’âge ou à l’état de santé des agents</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711414">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>. Les éléments suivants sont des propositions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...19 lines deleted...]
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FFB687E" w14:textId="77777777" w:rsidR="00D224BC" w:rsidRPr="00711414" w:rsidRDefault="00140B6F" w:rsidP="00D224BC">
+    <w:p w14:paraId="17D9BD49" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00711414" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711414">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>La réalisation des objectifs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AE47707" w14:textId="77777777" w:rsidR="00140B6F" w:rsidRPr="00711414" w:rsidRDefault="00140B6F" w:rsidP="00D224BC">
+    <w:p w14:paraId="173F61C1" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00711414" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711414">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Le respect des délais d’exécution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79B7056E" w14:textId="77777777" w:rsidR="00140B6F" w:rsidRPr="00711414" w:rsidRDefault="00140B6F" w:rsidP="00D224BC">
+    <w:p w14:paraId="7595E07B" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00711414" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711414">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Les compétences professionnelles et techniques</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D584E82" w14:textId="77777777" w:rsidR="00140B6F" w:rsidRPr="00711414" w:rsidRDefault="00140B6F" w:rsidP="00D224BC">
+    <w:p w14:paraId="11D1D7CE" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00711414" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711414">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Les qualités relationnelles</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FC8D3AD" w14:textId="77777777" w:rsidR="00140B6F" w:rsidRPr="00711414" w:rsidRDefault="00140B6F" w:rsidP="00D224BC">
+    <w:p w14:paraId="3A50BCE6" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00711414" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711414">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>La capacité d’encadrement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="166D76D5" w14:textId="77777777" w:rsidR="00663E97" w:rsidRDefault="00140B6F" w:rsidP="00663E97">
+    <w:p w14:paraId="466B8CD6" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711414">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>La disponibilité et l’adaptabilité</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00747AD6" w14:textId="77777777" w:rsidR="00663E97" w:rsidRPr="00663E97" w:rsidRDefault="00663E97" w:rsidP="00663E97">
+    <w:p w14:paraId="2706B9F2" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00663E97" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F9912BA" w14:textId="77777777" w:rsidR="000E519F" w:rsidRPr="00626457" w:rsidRDefault="000E519F" w:rsidP="00955925">
+    <w:p w14:paraId="48184856" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Article 4</w:t>
       </w:r>
       <w:r w:rsidRPr="004139DC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> : </w:t>
-[...17 lines deleted...]
-        <w:t>lassification des emplois et plafonds</w:t>
+        <w:t> : Classification des emplois et plafonds</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E7018C6" w14:textId="77777777" w:rsidR="000E519F" w:rsidRPr="004139DC" w:rsidRDefault="00EA3E61" w:rsidP="00663E97">
+    <w:p w14:paraId="669BF9C2" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="004139DC" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:bar w:val="single" w:sz="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004139DC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Commentaire</w:t>
       </w:r>
       <w:r w:rsidRPr="004139DC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="000E519F" w:rsidRPr="004139DC">
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : Il est conseillé de faire un tableau par cadre d’emplois en procédant filière par filière et par </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00FE3AD9">
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>cadres d’emplois</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004139DC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> Cela permettra notamment de permettre de contrôler le dépassement éventuel des montants plafonds de l’Etat, différents en fonction des cadres d’emplois.</w:t>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>. Cela permettra notamment de permettre de contrôler le dépassement éventuel des montants plafonds de l’Etat, différents en fonction des cadres d’emplois.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D7359E8" w14:textId="77777777" w:rsidR="000E519F" w:rsidRPr="004139DC" w:rsidRDefault="000E519F" w:rsidP="004139DC">
+    <w:p w14:paraId="08C9849C" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="004139DC" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004139DC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Exemple</w:t>
       </w:r>
       <w:r w:rsidRPr="004139DC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> : pour la filière administrative</w:t>
       </w:r>
-      <w:r w:rsidR="00EA3E61">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D4CDFCA" w14:textId="77777777" w:rsidR="0082671D" w:rsidRPr="004139DC" w:rsidRDefault="000E519F" w:rsidP="00955925">
+    <w:p w14:paraId="35F11530" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="004139DC" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004139DC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>1 tableau pour le cadre d’emplois des attachés</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49321F4D" w14:textId="77777777" w:rsidR="0082671D" w:rsidRPr="004139DC" w:rsidRDefault="000E519F" w:rsidP="00955925">
+    <w:p w14:paraId="7CC694F8" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="004139DC" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004139DC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>1 tableau pour le cadre d’emplois des rédacteurs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22E79B6D" w14:textId="77777777" w:rsidR="000E519F" w:rsidRDefault="000E519F" w:rsidP="00955925">
+    <w:p w14:paraId="694DF9AF" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004139DC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>1 tableau pour le cadre d’emplois des adjoints administratifs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A425EE5" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="004139DC" w:rsidRDefault="00FE3AD9" w:rsidP="004139DC">
+    <w:p w14:paraId="6F7097B2" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="004139DC" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004139DC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Rédacteur</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3AD9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="10348" w:type="dxa"/>
         <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1135"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="992"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE3AD9" w:rsidRPr="00FE3AD9" w14:paraId="21B93B15" w14:textId="77777777" w:rsidTr="005D6122">
+      <w:tr w:rsidR="008C5F8F" w:rsidRPr="00FE3AD9" w14:paraId="06DA0889" w14:textId="77777777" w:rsidTr="00FF3701">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F3F36CE" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="004139DC" w:rsidRDefault="008C4849" w:rsidP="008C4849">
+          <w:p w14:paraId="4D7881CC" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="004139DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004139DC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Groupe</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47265ED8" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="004139DC" w:rsidRDefault="008C4849" w:rsidP="008C4849">
+          <w:p w14:paraId="23184BF3" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="004139DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004139DC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fonctions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26114E6D" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="004139DC" w:rsidRDefault="008C4849" w:rsidP="008C4849">
+          <w:p w14:paraId="76265EC6" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="004139DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004139DC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Montants plafonds FPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00FA69CB" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="004139DC" w:rsidRDefault="008C4849" w:rsidP="008C4849">
+          <w:p w14:paraId="390EC64B" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004139DC">
+            <w:r w:rsidRPr="008C5F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Montants plafonds retenus par la collectivité</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE3AD9" w:rsidRPr="00FE3AD9" w14:paraId="4743E40B" w14:textId="77777777" w:rsidTr="005D6122">
+      <w:tr w:rsidR="008C5F8F" w:rsidRPr="00FE3AD9" w14:paraId="549D5E71" w14:textId="77777777" w:rsidTr="00FF3701">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A1C6028" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="00FE3AD9" w:rsidRDefault="008C4849" w:rsidP="008C4849">
+          <w:p w14:paraId="758628B6" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007361DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="1" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DA1C779" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="00FE3AD9" w:rsidRDefault="008C4849" w:rsidP="008C4849">
+          <w:p w14:paraId="36D4D01E" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007361DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="2" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="126E1C2A" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="00FE3AD9" w:rsidRDefault="008C4849" w:rsidP="008C4849">
+          <w:p w14:paraId="1D40EE6F" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007361DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="3" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE3AD9">
+            <w:r w:rsidRPr="007361DC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="4" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
               <w:t>IFSE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="253B3B5F" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="00FE3AD9" w:rsidRDefault="008C4849" w:rsidP="008C4849">
+          <w:p w14:paraId="5F07E280" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007361DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="5" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...7 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE3AD9">
+            <w:r w:rsidRPr="007361DC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="6" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...7 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
               <w:t>CIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C616342" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="00FE3AD9" w:rsidRDefault="008C4849" w:rsidP="008C4849">
+          <w:p w14:paraId="4C8941F5" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007361DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="7" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...7 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE3AD9">
+            <w:r w:rsidRPr="007361DC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="8" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...7 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F29BA35" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="00FE3AD9" w:rsidRDefault="008C4849" w:rsidP="008C4849">
+          <w:p w14:paraId="48B43EB4" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007361DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="9" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE3AD9">
+            <w:r w:rsidRPr="007361DC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="10" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
               <w:t>IFSE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2ED97E5D" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="00FE3AD9" w:rsidRDefault="008C4849" w:rsidP="008C4849">
+          <w:p w14:paraId="45D64C0B" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007361DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="11" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE3AD9">
+            <w:r w:rsidRPr="007361DC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="12" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
               <w:t>CIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68D17A0B" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="00FE3AD9" w:rsidRDefault="008C4849" w:rsidP="008C4849">
+          <w:p w14:paraId="493014DE" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007361DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="13" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00FE3AD9">
+            <w:r w:rsidRPr="007361DC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="14" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
               <w:t>total</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE3AD9" w:rsidRPr="00FE3AD9" w14:paraId="3E6FFA2E" w14:textId="77777777" w:rsidTr="005D6122">
+      <w:tr w:rsidR="008C5F8F" w:rsidRPr="00FE3AD9" w14:paraId="061090C7" w14:textId="77777777" w:rsidTr="00FF3701">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="129050FE" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="00FE3AD9" w:rsidRDefault="008C4849" w:rsidP="008C4849">
+          <w:p w14:paraId="343CEE11" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007361DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="15" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="457FCF54" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="00FE3AD9" w:rsidRDefault="008C4849" w:rsidP="008C4849">
+          <w:p w14:paraId="2085D3ED" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007361DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="16" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5341A60D" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="00FE3AD9" w:rsidRDefault="008C4849" w:rsidP="008C4849">
+          <w:p w14:paraId="491FE518" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007361DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="17" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="188C2714" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="00FE3AD9" w:rsidRDefault="008C4849" w:rsidP="008C4849">
+          <w:p w14:paraId="67A493D2" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007361DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="18" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...6 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53C3E263" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="00FE3AD9" w:rsidRDefault="008C4849" w:rsidP="008C4849">
+          <w:p w14:paraId="2FC7D1C8" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007361DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="19" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...6 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CD0CBAE" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="00FE3AD9" w:rsidRDefault="008C4849" w:rsidP="008C4849">
+          <w:p w14:paraId="1FC7AE1D" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007361DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="20" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11229247" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="00FE3AD9" w:rsidRDefault="008C4849" w:rsidP="008C4849">
+          <w:p w14:paraId="4A6F5AD0" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007361DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="21" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE3AD9">
+            <w:r w:rsidRPr="007361DC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="22" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
-              <w:t xml:space="preserve">% </w:t>
-[...47 lines deleted...]
-              <w:t>EP</w:t>
+              <w:t>% RIFSEEP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76526CE1" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="00FE3AD9" w:rsidRDefault="008C4849" w:rsidP="008C4849">
+          <w:p w14:paraId="2CFBB3F5" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007361DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="26" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00FE3AD9">
+            <w:r w:rsidRPr="007361DC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="27" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
               <w:t>montant</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5327F1B1" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="00FE3AD9" w:rsidRDefault="008C4849" w:rsidP="008C4849">
+          <w:p w14:paraId="4F33820A" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007361DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="28" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE3AD9" w:rsidRPr="00FE3AD9" w14:paraId="64EB39AB" w14:textId="77777777" w:rsidTr="005D6122">
+      <w:tr w:rsidR="008C5F8F" w:rsidRPr="00FE3AD9" w14:paraId="129DD857" w14:textId="77777777" w:rsidTr="00FF3701">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68DD793F" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="004139DC" w:rsidRDefault="008C4849" w:rsidP="00DF71FC">
+          <w:p w14:paraId="448EDF49" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="004139DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004139DC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Groupe 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13814B1E" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="004139DC" w:rsidRDefault="00FE3AD9" w:rsidP="008C4849">
+          <w:p w14:paraId="3818C7D1" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="004139DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004139DC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Secrétaire général de mairie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="622B8095" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="004139DC" w:rsidRDefault="004139DC" w:rsidP="008C4849">
+          <w:p w14:paraId="29B65DAA" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="004139DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>17480 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39F0C74B" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="004139DC" w:rsidRDefault="004139DC" w:rsidP="008C4849">
+          <w:p w14:paraId="54341A33" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="004139DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2380 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="651A690D" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="004139DC" w:rsidRDefault="004139DC" w:rsidP="008C4849">
+          <w:p w14:paraId="6DDDEF64" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="004139DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>19860 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="413D0BA3" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="004139DC" w:rsidRDefault="00FB3A46" w:rsidP="008C4849">
+          <w:p w14:paraId="7635B980" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="004139DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10560 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DF445FA" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="004139DC" w:rsidRDefault="00FB3A46" w:rsidP="008C4849">
+          <w:p w14:paraId="061A4C2E" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="004139DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>12 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F2D78E2" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="004139DC" w:rsidRDefault="00FB3A46" w:rsidP="008C4849">
+          <w:p w14:paraId="39E92ABF" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="004139DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1440 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E8379FB" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="004139DC" w:rsidRDefault="004139DC" w:rsidP="008C4849">
+          <w:p w14:paraId="4119B768" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="004139DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>12000 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE3AD9" w:rsidRPr="00FE3AD9" w14:paraId="3F82A72C" w14:textId="77777777" w:rsidTr="005D6122">
+      <w:tr w:rsidR="008C5F8F" w:rsidRPr="00FE3AD9" w14:paraId="7F949DB3" w14:textId="77777777" w:rsidTr="00FF3701">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F104AC3" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="004139DC" w:rsidRDefault="008C4849" w:rsidP="008C4849">
+          <w:p w14:paraId="4C8146FD" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="004139DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004139DC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Groupe 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F10D510" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="004139DC" w:rsidRDefault="008C4849" w:rsidP="004139DC">
+          <w:p w14:paraId="168D3965" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004139DC">
+            <w:r w:rsidRPr="008C5F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t xml:space="preserve">Responsable de </w:t>
-[...44 lines deleted...]
-              <w:t>vec encadrement</w:t>
+              <w:t>Responsable de service avec encadrement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63CA7F75" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="004139DC" w:rsidRDefault="004139DC" w:rsidP="008C4849">
+          <w:p w14:paraId="42DF973B" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="004139DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>16015 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A8891A1" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="004139DC" w:rsidRDefault="004139DC" w:rsidP="008C4849">
+          <w:p w14:paraId="16B98D79" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="004139DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2185 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1447BD6F" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="004139DC" w:rsidRDefault="004139DC" w:rsidP="008C4849">
+          <w:p w14:paraId="67752908" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="004139DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>18200 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F3B0D0A" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="004139DC" w:rsidRDefault="00FB3A46" w:rsidP="008C4849">
+          <w:p w14:paraId="14B3FC17" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="004139DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7920</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="376FF793" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="004139DC" w:rsidRDefault="00FB3A46" w:rsidP="008C4849">
+          <w:p w14:paraId="57DAAC36" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="004139DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>12</w:t>
-[...17 lines deleted...]
-              <w:t>%</w:t>
+              <w:t>12 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D798C0E" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="004139DC" w:rsidRDefault="00FB3A46" w:rsidP="008C4849">
+          <w:p w14:paraId="7B0D73BF" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="004139DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1080 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1AFEE422" w14:textId="77777777" w:rsidR="008C4849" w:rsidRPr="004139DC" w:rsidRDefault="004139DC" w:rsidP="008C4849">
+          <w:p w14:paraId="4E1E6850" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="004139DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9000 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE3AD9" w:rsidRPr="00FE3AD9" w14:paraId="5A780743" w14:textId="77777777" w:rsidTr="005D6122">
+      <w:tr w:rsidR="008C5F8F" w:rsidRPr="00FE3AD9" w14:paraId="7B1A038A" w14:textId="77777777" w:rsidTr="00FF3701">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12540D04" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="004139DC" w:rsidRDefault="00FE3AD9" w:rsidP="008C4849">
+          <w:p w14:paraId="0372D7AA" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="004139DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004139DC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Groupe 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D84179D" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="004139DC" w:rsidRDefault="00FE3AD9" w:rsidP="00FE3AD9">
+          <w:p w14:paraId="67C83D24" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004139DC">
+            <w:r w:rsidRPr="008C5F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Responsable de service sans encadrement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F8AAE9D" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="004139DC" w:rsidRDefault="004139DC" w:rsidP="008C4849">
+          <w:p w14:paraId="07DE8A9D" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="004139DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>14650 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="565988F0" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="004139DC" w:rsidRDefault="004139DC" w:rsidP="008C4849">
+          <w:p w14:paraId="7F785829" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="004139DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1995 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43E7391A" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="004139DC" w:rsidRDefault="004139DC" w:rsidP="008C4849">
+          <w:p w14:paraId="46DB26C3" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="004139DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>16645 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18867317" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="004139DC" w:rsidRDefault="00FB3A46" w:rsidP="008C4849">
+          <w:p w14:paraId="606AE912" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="004139DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5280</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78F9E842" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="004139DC" w:rsidRDefault="00FB3A46" w:rsidP="008C4849">
+          <w:p w14:paraId="007C3667" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="004139DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>12</w:t>
-[...17 lines deleted...]
-              <w:t>%</w:t>
+              <w:t>12 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="265020F1" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="004139DC" w:rsidRDefault="00FB3A46" w:rsidP="008C4849">
+          <w:p w14:paraId="383FBF3F" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="004139DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>720</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B0C85DB" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="004139DC" w:rsidRDefault="004139DC" w:rsidP="008C4849">
+          <w:p w14:paraId="0098A5B7" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="004139DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6000 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="49BB73F9" w14:textId="77777777" w:rsidR="008C4849" w:rsidRDefault="008C4849" w:rsidP="00FE3AD9">
+    <w:p w14:paraId="3006CFD4" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:i/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="375D011B" w14:textId="77777777" w:rsidR="00933528" w:rsidRPr="004139DC" w:rsidRDefault="00933528" w:rsidP="00FE3AD9">
+    <w:p w14:paraId="105FBF6D" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="004139DC" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:i/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="060046FF" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="00933528" w:rsidRDefault="00FE3AD9" w:rsidP="00933528">
+    <w:p w14:paraId="443F700B" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00933528" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00933528">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Technicien</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3AD9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="10348" w:type="dxa"/>
         <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1135"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="1134"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE3AD9" w:rsidRPr="00FE3AD9" w14:paraId="768AB941" w14:textId="77777777" w:rsidTr="005D6122">
+      <w:tr w:rsidR="008C5F8F" w:rsidRPr="00FE3AD9" w14:paraId="6486D0A2" w14:textId="77777777" w:rsidTr="00FF3701">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53B0647A" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="00933528" w:rsidRDefault="00FE3AD9" w:rsidP="00E169C2">
+          <w:p w14:paraId="50BA3FB8" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00933528" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00933528">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Groupe</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="310B6CDF" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="00933528" w:rsidRDefault="00FE3AD9" w:rsidP="008D70FA">
+          <w:p w14:paraId="142B5B00" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00933528" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00933528">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fonctions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E5C649B" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="00933528" w:rsidRDefault="00FE3AD9" w:rsidP="008D70FA">
+          <w:p w14:paraId="5E4ECAB7" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00933528" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00933528">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Montants plafonds FPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="598C4D9F" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="00933528" w:rsidRDefault="00FE3AD9" w:rsidP="008D70FA">
+          <w:p w14:paraId="0FC3C5C5" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00933528">
+            <w:r w:rsidRPr="008C5F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Montants plafonds retenus par la collectivité</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE3AD9" w:rsidRPr="00FE3AD9" w14:paraId="74B4AD2B" w14:textId="77777777" w:rsidTr="005D6122">
+      <w:tr w:rsidR="008C5F8F" w:rsidRPr="00FE3AD9" w14:paraId="377337C6" w14:textId="77777777" w:rsidTr="00FF3701">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42F1F36A" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="00FE3AD9" w:rsidRDefault="00FE3AD9" w:rsidP="008D70FA">
+          <w:p w14:paraId="22FECE4A" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007361DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="29" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57140CA3" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="00FE3AD9" w:rsidRDefault="00FE3AD9" w:rsidP="008D70FA">
+          <w:p w14:paraId="243CB4E4" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007361DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="30" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3735AEF8" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="00FE3AD9" w:rsidRDefault="00FE3AD9" w:rsidP="008D70FA">
+          <w:p w14:paraId="47F457A9" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007361DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="31" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE3AD9">
+            <w:r w:rsidRPr="007361DC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="32" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
               <w:t>IFSE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21862D32" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="00FE3AD9" w:rsidRDefault="00FE3AD9" w:rsidP="008D70FA">
+          <w:p w14:paraId="03D3B727" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007361DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="33" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...6 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE3AD9">
+            <w:r w:rsidRPr="007361DC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="34" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...6 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
               <w:t>CIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3380AD7C" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="00FE3AD9" w:rsidRDefault="00FE3AD9" w:rsidP="008D70FA">
+          <w:p w14:paraId="6C2614F4" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007361DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="35" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...6 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE3AD9">
+            <w:r w:rsidRPr="007361DC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="36" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...6 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A8C2B1C" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="00FE3AD9" w:rsidRDefault="00FE3AD9" w:rsidP="008D70FA">
+          <w:p w14:paraId="0BFEC0EA" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007361DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="37" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE3AD9">
+            <w:r w:rsidRPr="007361DC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="38" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
               <w:t>IFSE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E5ED2CD" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="00FE3AD9" w:rsidRDefault="00FE3AD9" w:rsidP="008D70FA">
+          <w:p w14:paraId="473B969E" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007361DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="39" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE3AD9">
+            <w:r w:rsidRPr="007361DC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="40" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
               <w:t>CIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36C9BF17" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="00FE3AD9" w:rsidRDefault="00FE3AD9" w:rsidP="008D70FA">
+          <w:p w14:paraId="540DFB6C" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007361DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="41" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00FE3AD9">
+            <w:r w:rsidRPr="007361DC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="42" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
               <w:t>total</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE3AD9" w:rsidRPr="00FE3AD9" w14:paraId="6CD79F48" w14:textId="77777777" w:rsidTr="005D6122">
+      <w:tr w:rsidR="008C5F8F" w:rsidRPr="00FE3AD9" w14:paraId="0BA109E2" w14:textId="77777777" w:rsidTr="00FF3701">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52644654" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="00FE3AD9" w:rsidRDefault="00FE3AD9" w:rsidP="008D70FA">
+          <w:p w14:paraId="5A2F8317" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007361DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="43" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BEADA28" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="00FE3AD9" w:rsidRDefault="00FE3AD9" w:rsidP="008D70FA">
+          <w:p w14:paraId="6BC4F33A" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007361DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="44" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BC021F9" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="00FE3AD9" w:rsidRDefault="00FE3AD9" w:rsidP="008D70FA">
+          <w:p w14:paraId="7DB3EB28" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007361DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="45" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04E4279A" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="00FE3AD9" w:rsidRDefault="00FE3AD9" w:rsidP="008D70FA">
+          <w:p w14:paraId="7A515DBB" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007361DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="46" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...6 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FCFDFC4" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="00FE3AD9" w:rsidRDefault="00FE3AD9" w:rsidP="008D70FA">
+          <w:p w14:paraId="1E85C70C" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007361DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="47" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...6 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24C82B1C" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="00FE3AD9" w:rsidRDefault="00FE3AD9" w:rsidP="008D70FA">
+          <w:p w14:paraId="0D31D16F" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007361DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="48" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E2AA0E6" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="00FE3AD9" w:rsidRDefault="00FE3AD9" w:rsidP="008D70FA">
+          <w:p w14:paraId="4B3C3A08" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007361DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="49" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE3AD9">
+            <w:r w:rsidRPr="007361DC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="50" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
               <w:t>% RIFSEEP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="346B5539" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="00FE3AD9" w:rsidRDefault="00FE3AD9" w:rsidP="008D70FA">
+          <w:p w14:paraId="608B3346" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007361DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="51" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00FE3AD9">
+            <w:r w:rsidRPr="007361DC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="52" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
               <w:t>montant</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14B131FE" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="00FE3AD9" w:rsidRDefault="00FE3AD9" w:rsidP="008D70FA">
+          <w:p w14:paraId="573AF39F" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007361DC" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rPrChange w:id="53" w:author="Hélène SAINQUAIN-RIGOLLÉ" w:date="2024-10-20T17:20:00Z" w16du:dateUtc="2024-10-20T15:20:00Z">
-[...5 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE3AD9" w:rsidRPr="00FE3AD9" w14:paraId="77F016DE" w14:textId="77777777" w:rsidTr="005D6122">
+      <w:tr w:rsidR="008C5F8F" w:rsidRPr="00FE3AD9" w14:paraId="0E983CE9" w14:textId="77777777" w:rsidTr="00FF3701">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27068E56" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="00933528" w:rsidRDefault="00FE3AD9" w:rsidP="008D70FA">
+          <w:p w14:paraId="3C04E4E4" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00933528" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00933528">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Groupe 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="418F326A" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="00933528" w:rsidRDefault="00FE3AD9" w:rsidP="00933528">
+          <w:p w14:paraId="22CDC4BD" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00933528">
+            <w:r w:rsidRPr="008C5F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>Responsable de service</w:t>
-[...17 lines deleted...]
-              <w:t>avec encadrement</w:t>
+              <w:t>Responsable de service avec encadrement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D8DD6B0" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="00933528" w:rsidRDefault="00933528" w:rsidP="008D70FA">
+          <w:p w14:paraId="4B014C31" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00933528" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>18580 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3571F109" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="00933528" w:rsidRDefault="00933528" w:rsidP="008D70FA">
+          <w:p w14:paraId="0BD4E339" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00933528" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2535 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F38AA9A" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="00933528" w:rsidRDefault="00933528" w:rsidP="008D70FA">
+          <w:p w14:paraId="011DB902" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00933528" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>21115 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BF5C8F5" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="00933528" w:rsidRDefault="00933528" w:rsidP="008D70FA">
+          <w:p w14:paraId="6C4F3726" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00933528" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7920 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F2B5850" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="00933528" w:rsidRDefault="00933528" w:rsidP="008D70FA">
+          <w:p w14:paraId="36039A34" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00933528" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>12 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CE7D1E6" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="00933528" w:rsidRDefault="00933528" w:rsidP="00933528">
+          <w:p w14:paraId="433F8366" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00933528" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:ind w:left="-109" w:firstLine="109"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1080 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="746C406A" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="00933528" w:rsidRDefault="00933528" w:rsidP="008D70FA">
+          <w:p w14:paraId="76A0B6F8" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00933528" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+                <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9000 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="50AA464C" w14:textId="77777777" w:rsidR="00CE3123" w:rsidRDefault="00CE3123" w:rsidP="00955925">
+    <w:p w14:paraId="330A645D" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F57B0FF" w14:textId="77777777" w:rsidR="00663E97" w:rsidRDefault="00663E97" w:rsidP="00955925">
-[...29 lines deleted...]
-    <w:p w14:paraId="68AD9BD9" w14:textId="77777777" w:rsidR="00FE3AD9" w:rsidRPr="005D6122" w:rsidRDefault="00FE3AD9" w:rsidP="00933528">
+    <w:p w14:paraId="30B90D11" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="005D6122" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6740CDE3" w14:textId="77777777" w:rsidR="00494C86" w:rsidRPr="00626457" w:rsidRDefault="00494C86" w:rsidP="00955925">
+    <w:p w14:paraId="46371161" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Article 5</w:t>
       </w:r>
       <w:r w:rsidRPr="00933528">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> : </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D46BE9" w:rsidRPr="00933528">
+        <w:t> : Prise en compte de l’expérience professionnelle</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>P</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> au titre de l’IFSE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C27798C" w14:textId="77777777" w:rsidR="00494C86" w:rsidRDefault="00494C86" w:rsidP="00955925">
+    <w:p w14:paraId="49A285A9" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>L’expérience professionnelle sera appréciée au regard des critères suivants</w:t>
       </w:r>
-      <w:r w:rsidR="0082671D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="516EC1E8" w14:textId="77777777" w:rsidR="00CE3123" w:rsidRPr="008D70FA" w:rsidRDefault="00CE3123" w:rsidP="00CE3123">
+    <w:p w14:paraId="7AEE92E9" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="008D70FA" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:bar w:val="single" w:sz="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D70FA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Commentaires</w:t>
       </w:r>
       <w:r w:rsidRPr="008D70FA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> : Les critères suivants sont des propositions à compléter ou à modifier</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilleclaire-Accent3"/>
         <w:tblW w:w="9606" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5070"/>
         <w:gridCol w:w="4536"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00494C86" w:rsidRPr="00626457" w14:paraId="46736F02" w14:textId="77777777" w:rsidTr="0082671D">
+      <w:tr w:rsidR="008C5F8F" w:rsidRPr="00626457" w14:paraId="7934CA79" w14:textId="77777777" w:rsidTr="00FF3701">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2111B727" w14:textId="77777777" w:rsidR="00494C86" w:rsidRPr="00626457" w:rsidRDefault="00494C86" w:rsidP="00955925">
+          <w:p w14:paraId="2D86F1C7" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00626457">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Exemples de critères</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FAC0CCA" w14:textId="77777777" w:rsidR="00494C86" w:rsidRPr="00626457" w:rsidRDefault="00494C86" w:rsidP="00955925">
+          <w:p w14:paraId="2CF61FF5" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00626457">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Exemples d’indicateurs de mesure</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE3123" w:rsidRPr="00CE3123" w14:paraId="05644B07" w14:textId="77777777" w:rsidTr="0082671D">
+      <w:tr w:rsidR="008C5F8F" w:rsidRPr="00CE3123" w14:paraId="4B4DA2A2" w14:textId="77777777" w:rsidTr="00FF3701">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55768075" w14:textId="77777777" w:rsidR="00494C86" w:rsidRPr="00933528" w:rsidRDefault="00494C86" w:rsidP="00955925">
+          <w:p w14:paraId="7948874E" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00933528">
+            <w:r w:rsidRPr="008C5F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">Capacité à exploiter l’expérience acquise </w:t>
             </w:r>
-            <w:r w:rsidRPr="005D6122">
+            <w:r w:rsidRPr="008C5F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>(quelle que soit l’ancienneté)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E2AF573" w14:textId="77777777" w:rsidR="00494C86" w:rsidRPr="00933528" w:rsidRDefault="00494C86" w:rsidP="00955925">
+          <w:p w14:paraId="6E7BA535" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00933528">
+            <w:r w:rsidRPr="008C5F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">Mobilisation des compétences/réussite des objectifs </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="11171AAA" w14:textId="77777777" w:rsidR="00494C86" w:rsidRPr="00933528" w:rsidRDefault="00494C86" w:rsidP="00955925">
+          <w:p w14:paraId="187DD56C" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00933528">
+            <w:r w:rsidRPr="008C5F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Initiative – force de proposition</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E66B616" w14:textId="77777777" w:rsidR="00494C86" w:rsidRPr="00933528" w:rsidRDefault="00C37CAF" w:rsidP="00955925">
+          <w:p w14:paraId="2E714AC1" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008C5F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t xml:space="preserve">Capacité </w:t>
-[...35 lines deleted...]
-              <w:t>son savoir à autrui</w:t>
+              <w:t>Capacité à diffuser son savoir à autrui</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE3123" w:rsidRPr="00CE3123" w14:paraId="674E0A4C" w14:textId="77777777" w:rsidTr="0082671D">
+      <w:tr w:rsidR="008C5F8F" w:rsidRPr="00CE3123" w14:paraId="6DD9E51E" w14:textId="77777777" w:rsidTr="00FF3701">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="739F07A2" w14:textId="77777777" w:rsidR="00494C86" w:rsidRPr="00933528" w:rsidRDefault="00494C86" w:rsidP="00955925">
+          <w:p w14:paraId="7C64F67E" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00933528">
+            <w:r w:rsidRPr="008C5F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">Formations suivies </w:t>
             </w:r>
-            <w:r w:rsidRPr="005D6122">
+            <w:r w:rsidRPr="008C5F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>(en distinguant ou non selon le type de formation)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36F4C59E" w14:textId="77777777" w:rsidR="00494C86" w:rsidRPr="00933528" w:rsidRDefault="00494C86" w:rsidP="00955925">
+          <w:p w14:paraId="48513137" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00933528">
+            <w:r w:rsidRPr="008C5F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>Niveau de la formation – nombre de jour</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> – préparation aux concours – concours passés</w:t>
+              <w:t>Niveau de la formation – nombre de jours de formation réalisés – préparation aux concours – concours passés</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE3123" w:rsidRPr="00CE3123" w14:paraId="7CC25978" w14:textId="77777777" w:rsidTr="0082671D">
+      <w:tr w:rsidR="008C5F8F" w:rsidRPr="00CE3123" w14:paraId="7F4083E3" w14:textId="77777777" w:rsidTr="00FF3701">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37EE05E3" w14:textId="77777777" w:rsidR="00494C86" w:rsidRPr="005D6122" w:rsidRDefault="00494C86" w:rsidP="00955925">
+          <w:p w14:paraId="5B379D71" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00933528">
+            <w:r w:rsidRPr="008C5F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>Parcours professionnel avant la prise de fonctions : diversité /mobilité</w:t>
+              <w:t xml:space="preserve">Parcours professionnel avant la prise de fonctions : diversité /mobilité </w:t>
             </w:r>
-            <w:r w:rsidR="005D6122">
-[...8 lines deleted...]
-            <w:r w:rsidR="005D6122" w:rsidRPr="005D6122">
+            <w:r w:rsidRPr="008C5F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...21 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>(Prise en compte possible à partir d’une certaine importance, sur le plan de la durée et /ou de l’intérêt du poste)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4164AE1B" w14:textId="77777777" w:rsidR="00494C86" w:rsidRPr="00933528" w:rsidRDefault="00494C86" w:rsidP="00955925">
+          <w:p w14:paraId="7F9FE777" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00933528">
+            <w:r w:rsidRPr="008C5F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Nombre d’années</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E781714" w14:textId="77777777" w:rsidR="00494C86" w:rsidRPr="00933528" w:rsidRDefault="00494C86" w:rsidP="00955925">
+          <w:p w14:paraId="347FC441" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00933528">
+            <w:r w:rsidRPr="008C5F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Nombre de postes occupés</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="701A28DD" w14:textId="77777777" w:rsidR="00494C86" w:rsidRPr="00933528" w:rsidRDefault="00494C86" w:rsidP="00955925">
+          <w:p w14:paraId="2498CD8D" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00933528">
+            <w:r w:rsidRPr="008C5F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Nombre d’employeurs</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="369E94E1" w14:textId="77777777" w:rsidR="00494C86" w:rsidRPr="00933528" w:rsidRDefault="00494C86" w:rsidP="00955925">
+          <w:p w14:paraId="15126F32" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00933528">
+            <w:r w:rsidRPr="008C5F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Nombre de secteurs</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE3123" w:rsidRPr="00CE3123" w14:paraId="3D5691C7" w14:textId="77777777" w:rsidTr="0082671D">
+      <w:tr w:rsidR="008C5F8F" w:rsidRPr="00CE3123" w14:paraId="1C40D0C7" w14:textId="77777777" w:rsidTr="00FF3701">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46EF59B6" w14:textId="77777777" w:rsidR="00494C86" w:rsidRPr="00933528" w:rsidRDefault="00494C86" w:rsidP="00955925">
+          <w:p w14:paraId="69109A8B" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00933528">
+            <w:r w:rsidRPr="008C5F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">Connaissance de l’environnement de travail </w:t>
             </w:r>
-            <w:r w:rsidRPr="005D6122">
+            <w:r w:rsidRPr="008C5F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>(fonctionnement de la collectivité, relations avec les partenaires extérieurs, relations avec les élus, …)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6751848A" w14:textId="77777777" w:rsidR="00494C86" w:rsidRPr="00933528" w:rsidRDefault="00494C86" w:rsidP="00955925">
+          <w:p w14:paraId="3D05A2BC" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="00FF3701">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00933528">
+            <w:r w:rsidRPr="008C5F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Appréciation par le responsable hiérarchique lors de l’entretien professionnel</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3D234B7F" w14:textId="77777777" w:rsidR="00D95028" w:rsidRPr="005D6122" w:rsidRDefault="00D95028" w:rsidP="00933528">
+    <w:p w14:paraId="7D962AE5" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="005D6122" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E141690" w14:textId="77777777" w:rsidR="00626457" w:rsidRDefault="00626457" w:rsidP="00955925">
+    <w:p w14:paraId="04F893C6" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">L’autorité territoriale déterminera par arrêté le montant de l’IFSE attribué à chacun des agents en fonction de la classification de son emploi dans les groupes de fonctions et de l’expérience professionnelle appréciée selon les critères et indicateurs fixés </w:t>
       </w:r>
-      <w:r w:rsidR="00D95028">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>au présent article.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33B25A78" w14:textId="77777777" w:rsidR="00663E97" w:rsidRPr="00626457" w:rsidRDefault="00663E97" w:rsidP="00955925">
+    <w:p w14:paraId="4F49BAB7" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C45845C" w14:textId="77777777" w:rsidR="00955925" w:rsidRPr="00626457" w:rsidRDefault="00955925" w:rsidP="00955925">
+    <w:p w14:paraId="5A8CE9A0" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00626457" w:rsidRPr="00626457">
+        <w:t>Article 6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00933528">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:u w:val="single"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00933528">
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626457">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t> :</w:t>
+        <w:t>M</w:t>
       </w:r>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>M</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">odalités de versement </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71F3A44C" w14:textId="77777777" w:rsidR="00955925" w:rsidRPr="00626457" w:rsidRDefault="00955925" w:rsidP="00F23AE2">
+    <w:p w14:paraId="6AEB9596" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">La part fixe est versée </w:t>
       </w:r>
       <w:r w:rsidRPr="00933528">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>mensuellement</w:t>
       </w:r>
-      <w:r w:rsidR="005D6122">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/semestriellement/annuellement</w:t>
       </w:r>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00933528">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Elle est </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003C1F50" w:rsidRPr="00933528">
+        <w:t>Elle est proratisée dans les mêmes proportions que le traitement indiciaire notamment pour les agents exerçant leurs fonction</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>proratisée</w:t>
+        <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00933528">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> dans les mêmes proportions que le traitement indiciaire notamment pour les agents </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009513B7" w:rsidRPr="00933528">
+        <w:t xml:space="preserve"> à temps partiel, occupant un emploi à temps non complet</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>exerçant leurs fonction</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00933528">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00933528">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>s</w:t>
-[...71 lines deleted...]
-        </w:rPr>
         <w:t>…</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="2AF2E083" w14:textId="77777777" w:rsidR="00F23AE2" w:rsidRPr="00626457" w:rsidRDefault="00F23AE2" w:rsidP="00955925">
+    <w:p w14:paraId="6AD67BFF" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="429BC074" w14:textId="77777777" w:rsidR="00F35B0D" w:rsidRDefault="00F23AE2" w:rsidP="00F35B0D">
+    <w:p w14:paraId="415FE40A" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">La part variable est versée </w:t>
       </w:r>
-      <w:r w:rsidR="00BA3199" w:rsidRPr="00933528">
+      <w:r w:rsidRPr="00933528">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>mensuellement/</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F35B0D" w:rsidRPr="00933528">
+        <w:t>mensuellement/semestriellement</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>semestriellement</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C37197">
+        <w:t>/annuellement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00933528">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>/annuellement</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F35B0D" w:rsidRPr="00933528">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:t xml:space="preserve">et est </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626457">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>non reconductible automatiquement d'un</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0019184C">
+      <w:r w:rsidRPr="00933528">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">et est </w:t>
-[...17 lines deleted...]
-      <w:r w:rsidR="00C37197" w:rsidRPr="00933528">
+        <w:t>mois/</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>mois/</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C37197">
+        <w:t xml:space="preserve">d’un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00933528">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">d’un </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C37197" w:rsidRPr="00933528">
+        <w:t>semestre/</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>semestre/</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C37197">
+        <w:t xml:space="preserve">d’une </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00933528">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">d’une </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001D2D15" w:rsidRPr="00933528">
+        <w:t xml:space="preserve">année </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626457">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sur l'autre. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D70FA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">année </w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>Elle est proratisée dans les mêmes proportions que le traitement indiciaire notamment pour les agents exerçant leurs fonction</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D70FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à temps partiel, occupant un emploi à temps non complet,…</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16BC3DF5" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="005D6122" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EA1B02D" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-[...41 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Article 7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626457">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626457">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ort </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>du régime indemnitaire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626457">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en cas d’absence </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6C330B30" w14:textId="77777777" w:rsidR="00663E97" w:rsidRPr="005D6122" w:rsidRDefault="00663E97" w:rsidP="001A6558">
+    <w:p w14:paraId="2BF095D3" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:u w:val="single"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>7.1 : Sort de l’IFSE</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7D412399" w14:textId="77777777" w:rsidR="001A6558" w:rsidRDefault="001A6558" w:rsidP="001A6558">
-[...104 lines deleted...]
-    <w:p w14:paraId="596FB89C" w14:textId="77777777" w:rsidR="00EC09F2" w:rsidRDefault="00EC09F2" w:rsidP="003003FD">
+    <w:p w14:paraId="47B09392" w14:textId="305CBD5B" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003003FD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Commentaire</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="003003FD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="003061C8">
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>La collectivité doit maintenir le régime indemnitaire dans les mêmes proportions que le traitement</w:t>
+      </w:r>
+      <w:r w:rsidR="002A572F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="002F7C37">
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A572F" w:rsidRPr="00682B53">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="003061C8">
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>y compris pour les contractuels</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> spécifiques. </w:t>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ou supprimer le régime indemnitaire pour certains congés spécifiques. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E0A1549" w14:textId="77777777" w:rsidR="002F7C37" w:rsidRDefault="002F7C37" w:rsidP="003003FD">
+    <w:p w14:paraId="5C1A32A9" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53DF587A" w14:textId="77777777" w:rsidR="00CA39B5" w:rsidRDefault="002F7C37" w:rsidP="00D62435">
+    <w:p w14:paraId="74166970" w14:textId="006161EA" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En revanche, pour le </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003003FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>congé de maladie ordinaire (CMO), congé pour invalidité temporaire imputable au service (CITIS), congé de longue maladie (CLM), congé de grave maladie (CGM), temps partiel thérapeutique (TPT) et période préparatoire au reclassement (PPR</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-          <w:iCs/>
-[...28 lines deleted...]
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>), elle doit faire un choix :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A521AAF" w14:textId="77777777" w:rsidR="00D62435" w:rsidRDefault="00D62435" w:rsidP="00D62435">
+    <w:p w14:paraId="1AD7EB0C" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>- Ne pas maintenir le régime indemnitaire ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AD687A8" w14:textId="77777777" w:rsidR="00D62435" w:rsidRDefault="00D62435" w:rsidP="00D62435">
+    <w:p w14:paraId="6860DA7D" w14:textId="32F5F964" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="001346AC">
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>- Le maintenir dans les mêmes proportions que celles applicables pour les agents de l’Etat (décret du 26 août 2010 modifié)</w:t>
+      </w:r>
+      <w:r w:rsidR="00682B53">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...6 lines deleted...]
-      <w:r w:rsidR="001346AC">
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...9 lines deleted...]
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="131F414E" w14:textId="77777777" w:rsidR="00D62435" w:rsidRDefault="00D62435" w:rsidP="00D62435">
+    <w:p w14:paraId="66AAD0EA" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>- Le maintenir dans des proportions moindres que celles applicables aux agents de l’Etat.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3118F7D2" w14:textId="77777777" w:rsidR="001346AC" w:rsidRDefault="001346AC" w:rsidP="00D62435">
+    <w:p w14:paraId="421D833D" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25E80CC1" w14:textId="77777777" w:rsidR="001346AC" w:rsidRPr="003003FD" w:rsidRDefault="001346AC" w:rsidP="003003FD">
+    <w:p w14:paraId="01409A06" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...13 lines deleted...]
-        <w:t>le régime indemnitaire dans des proportions supérieures à celles prévues pour les agents de l’Etat.</w:t>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Le principe de parité fait obstacle à ce que la collectivité maintienne pour ces congés le régime indemnitaire dans des proportions supérieures à celles prévues pour les agents de l’Etat.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="523E1D4E" w14:textId="77777777" w:rsidR="00D62435" w:rsidRDefault="00D62435" w:rsidP="00D62435">
-[...961 lines deleted...]
-    <w:p w14:paraId="700603A8" w14:textId="77777777" w:rsidR="00420C60" w:rsidRDefault="00AB3B80" w:rsidP="00B90702">
+    <w:p w14:paraId="227EA49F" w14:textId="77777777" w:rsidR="002A572F" w:rsidRDefault="002A572F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...35 lines deleted...]
-      </w:r>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="31C73759" w14:textId="77777777" w:rsidR="00420C60" w:rsidRDefault="00420C60" w:rsidP="00B90702">
+    <w:p w14:paraId="3EC1C3DB" w14:textId="285D0B1D" w:rsidR="002A572F" w:rsidRPr="00682B53" w:rsidRDefault="002A572F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00682B53">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...13 lines deleted...]
-        <w:t>,</w:t>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En ce qui concerne les contractuels, en cohérence avec le décret n° 88-145, le maintien serait celui-ci : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42A319CA" w14:textId="77777777" w:rsidR="00420C60" w:rsidRDefault="00420C60" w:rsidP="00B90702">
+    <w:p w14:paraId="05FA98C7" w14:textId="77777777" w:rsidR="002A572F" w:rsidRPr="00682B53" w:rsidRDefault="002A572F" w:rsidP="002A572F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00682B53">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...3 lines deleted...]
-        <w:t>- le CITIS,</w:t>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00682B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Moins de 4 mois d’ancienneté = pas de maintien</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="062126AA" w14:textId="77777777" w:rsidR="00E446C4" w:rsidRDefault="00420C60" w:rsidP="00B90702">
+    <w:p w14:paraId="79C3C316" w14:textId="77777777" w:rsidR="002A572F" w:rsidRPr="00682B53" w:rsidRDefault="002A572F" w:rsidP="002A572F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00682B53">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...3 lines deleted...]
-        <w:t>- le TPT,</w:t>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00682B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Plus de 4 mois = 1 mois à 90%</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40D4F7CA" w14:textId="77777777" w:rsidR="00420C60" w:rsidRDefault="00420C60" w:rsidP="00B90702">
+    <w:p w14:paraId="6620170E" w14:textId="77777777" w:rsidR="002A572F" w:rsidRPr="00682B53" w:rsidRDefault="002A572F" w:rsidP="002A572F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00682B53">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...3 lines deleted...]
-        <w:t>- la PPR.</w:t>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00682B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Plus de 2 ans = 2 mois à 90%</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4532C46B" w14:textId="77777777" w:rsidR="00983555" w:rsidRDefault="00983555" w:rsidP="00B90702">
+    <w:p w14:paraId="2D2BF231" w14:textId="77DD5558" w:rsidR="002A572F" w:rsidRPr="00382092" w:rsidRDefault="002A572F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00682B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00682B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Plus de 3 ans = 3 mois à 90%</w:t>
+      </w:r>
+      <w:r w:rsidR="009566A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="47A61403" w14:textId="77777777" w:rsidR="00E446C4" w:rsidRPr="00B90702" w:rsidRDefault="00E446C4" w:rsidP="00B90702">
+    <w:p w14:paraId="26618A02" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06F8408E" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="003003FD" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CD12DAF" w14:textId="104D489C" w:rsidR="008C5F8F" w:rsidRPr="003003FD" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003003FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le régime indemnitaire est maintenu dans les mêmes proportions que le </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00682B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">traitement </w:t>
+      </w:r>
+      <w:r w:rsidR="002A572F" w:rsidRPr="00682B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>y compris pour les agents contractuels</w:t>
+      </w:r>
+      <w:r w:rsidR="002A572F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003003FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pour les congés suivants : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FD28D91" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="003003FD" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">les </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003003FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">congés annuels, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B8DE6FD" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="003003FD" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003003FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>le congé de maternité,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DE366BB" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="003003FD" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003003FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>le congé de naissance,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37E8E036" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="003003FD" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003003FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>le congé pour l'arrivée d'un enfant en vue de son adoption,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BEE4E02" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="003003FD" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003003FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>le congé d’adoption,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00338D21" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="003003FD" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003003FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>le congé de paternité et d’accueil de l’enfant.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54B9DBC4" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00D9219B" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="C00000" w:themeColor="accent6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7930D18E" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="003003FD" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003003FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Le régime indemnitaire n’est pas mainten</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003003FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en cas de congé de longue durée (CLD).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60E43DA1" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007C50B9" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="8F0000" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F1D2BDF" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007C50B9" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8F0000" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C50B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="8F0000" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Option 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C50B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8F0000" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : Application du régime des agents de l’Etat (décret du 26 août 2010 modifié)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D28D073" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007C50B9" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="8F0000" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71D1755C" w14:textId="5AFAD131" w:rsidR="008C5F8F" w:rsidRPr="003003FD" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003003FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le régime indemnitaire est maintenu dans les mêmes proportions que le traitement </w:t>
+      </w:r>
+      <w:r w:rsidR="002A572F" w:rsidRPr="00682B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>y compris pour les contractuels</w:t>
+      </w:r>
+      <w:r w:rsidR="002A572F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003003FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pour les congés suivants : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B90435C" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="003003FD" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003003FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>congé de maladie ordinaire</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (CMO),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3874DA7E" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="003003FD" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003003FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>congé pour invalidité temporaire imputable au service (CITIS),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75EEE4D8" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="003003FD" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003003FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>temps partiel thérapeutique (TPT)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68CE20D6" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="003003FD" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003003FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>période préparatoire au reclassement (PPR).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46CEA103" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00D9219B" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="C00000" w:themeColor="accent6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0003BFD1" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="003003FD" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003003FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Le régime indemnitaire est maintenu en cas de congé de longue maladie (CLM) ou de congé de grave maladie (CGM) dans les proportions suivantes :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AE27298" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="003003FD" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C52F781" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="003003FD" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003003FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>• 33 % la première année ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25EDDFB4" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="003003FD" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003003FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>• 60 % les deuxième et troisième années.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31ABB14B" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00D9219B" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="C00000" w:themeColor="accent6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22BD46DD" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007C50B9" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8F0000" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C50B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="8F0000" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Option 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C50B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8F0000" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : Choix de la collectivité pour chaque type de congé de maintenir ou non, dans la limite de ce qui est prévu pour les agents de l’Etat (décret du 26 août 2010 modifié)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5254641A" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007C50B9" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8F0000" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A910ECB" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B90702">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Commentaire</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...86 lines deleted...]
-        <w:t xml:space="preserve"> années) ou de réduire cette proportion.</w:t>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> : Chaque collectivité est libre de maintenir ou non le régime indemnitaire pour :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="495A9A72" w14:textId="77777777" w:rsidR="002C491D" w:rsidRPr="007C50B9" w:rsidRDefault="002C491D" w:rsidP="00B90702">
+    <w:p w14:paraId="79F130F3" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-          <w:i/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>- le CMO,</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="33E3DBB6" w14:textId="77777777" w:rsidR="00D9219B" w:rsidRPr="00B90702" w:rsidRDefault="00D9219B" w:rsidP="00B90702">
+    <w:p w14:paraId="34EFC4C0" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00B90702">
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...104 lines deleted...]
-        <w:t>.</w:t>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>- le CITIS,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="477095DB" w14:textId="77777777" w:rsidR="00D9219B" w:rsidRPr="00B90702" w:rsidRDefault="00D9219B" w:rsidP="00B90702">
+    <w:p w14:paraId="6D5BD7EF" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>- le TPT,</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4531CA00" w14:textId="77777777" w:rsidR="00D9219B" w:rsidRPr="00B90702" w:rsidRDefault="00D9219B" w:rsidP="00B90702">
+    <w:p w14:paraId="7777D206" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00B90702">
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...114 lines deleted...]
-        <w:t xml:space="preserve"> CGM.</w:t>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>- la PPR.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="221F3ADE" w14:textId="77777777" w:rsidR="002C491D" w:rsidRPr="00B90702" w:rsidRDefault="002C491D" w:rsidP="00B90702">
+    <w:p w14:paraId="4AC12717" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="23221A76" w14:textId="77777777" w:rsidR="00D9219B" w:rsidRPr="00B90702" w:rsidRDefault="00D9219B" w:rsidP="00B90702">
+    <w:p w14:paraId="6F058162" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00B90702" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>S’agissant du CLM et du CGM, elle peut choisir de maintenir ou non le régime indemnitaire dans les mêmes proportions que les agents de l’Etat (33% la 1</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B90702">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...4 lines deleted...]
-        <w:t>Exemple 3</w:t>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>ère</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> année, 60% les 2</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90702">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="0098044D">
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...3 lines deleted...]
-        <w:t>M</w:t>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et 3</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90702">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="0098044D">
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...153 lines deleted...]
-        <w:t>CGM.</w:t>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> années) ou de réduire cette proportion.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E5DE31A" w14:textId="77777777" w:rsidR="00D9219B" w:rsidRPr="007C50B9" w:rsidRDefault="00D9219B" w:rsidP="00444DDC">
-[...60 lines deleted...]
-    <w:p w14:paraId="7A2BB922" w14:textId="77777777" w:rsidR="002040CC" w:rsidRPr="00342829" w:rsidRDefault="002040CC" w:rsidP="002040CC">
+    <w:p w14:paraId="4141793F" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007C50B9" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="95D978" w:themeColor="accent1" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07D54E6A" w14:textId="64A678D4" w:rsidR="008C5F8F" w:rsidRPr="00B90702" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00976D8B">
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B90702">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Exemple 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B90702">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B90702">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aintien dans les mêmes proportions que le traitement </w:t>
+      </w:r>
+      <w:r w:rsidR="00682B53" w:rsidRPr="00682B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>y compris pour les contractuels</w:t>
+      </w:r>
+      <w:r w:rsidR="00682B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B90702">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pour </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>le CMO, le CITIS, le TPT et la PPR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B90702">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mais suspension </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">du régime indemnitaire </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B90702">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>pendant le CLM</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et le</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B90702">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CGM</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D2DFAE6" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00B90702" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07FEFA7D" w14:textId="186F53CF" w:rsidR="008C5F8F" w:rsidRPr="00B90702" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B90702">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Exemple 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B90702">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B90702">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aintien dans les mêmes proportions que le traitement </w:t>
+      </w:r>
+      <w:r w:rsidR="00682B53" w:rsidRPr="00682B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>y compris pour les contractuels</w:t>
+      </w:r>
+      <w:r w:rsidR="00682B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B90702">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pour </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">le CMO, le CITIS, le TPT et la PPR </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B90702">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">et maintien </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">du régime indemnitaire </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B90702">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">à </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hauteur de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B90702">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>20% durant le CLM et</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> le</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B90702">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CGM.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BDC31F9" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00B90702" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29760FE0" w14:textId="0459B42A" w:rsidR="008C5F8F" w:rsidRPr="00B90702" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B90702">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Exemple 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B90702">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B90702">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aintien </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>du régime indemnitaire dans les mêmes proportions que le traitement</w:t>
+      </w:r>
+      <w:r w:rsidR="00682B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00682B53" w:rsidRPr="00682B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>y compris pour les contractuels,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les 2 premiers mois de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B90702">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CMO, suspension </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">du régime indemnitaire </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B90702">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">durant </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>le reste du</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B90702">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CMO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> ; maintien du régime indemnitaire dans les mêmes proportions que le traitement pour le CITIS, le TPT et la PPR ; suspension du maintien indemnitaire durant le</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B90702">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CLM et </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">le </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B90702">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>CGM.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="314BC5DD" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007C50B9" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="8F0000" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42F27FAF" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007C50B9" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8F0000" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C50B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...5 lines deleted...]
-      <w:r>
+          <w:color w:val="8F0000" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Option 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C50B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...3 lines deleted...]
-        <w:t> : Si l’option n°3 est retenue, il convient de supprimer le visa du décret du 26 août 2010 modifié.</w:t>
+          <w:color w:val="8F0000" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : Pas de maintien du régime indemnitaire</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A6A381F" w14:textId="77777777" w:rsidR="002040CC" w:rsidRPr="007C50B9" w:rsidRDefault="002040CC" w:rsidP="00444DDC">
+    <w:p w14:paraId="6C193297" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007C50B9" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:i/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="8F0000" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57F7F752" w14:textId="77777777" w:rsidR="00D9219B" w:rsidRPr="00976D8B" w:rsidRDefault="00913275" w:rsidP="00444DDC">
-      <w:pPr>
+    <w:p w14:paraId="1DB6B8C7" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00342829" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="00B050"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00976D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Commentaire</w:t>
+      </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> : Si l’option n°3 est retenue, il convient de supprimer le visa du décret du 26 août 2010 modifié.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05DB6FC1" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007C50B9" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="8F0000" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E5B0133" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00976D8B" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Le</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D9219B" w:rsidRPr="00976D8B">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> régime indemnitaire </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Le</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976D8B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">est suspendu </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D9219B" w:rsidRPr="00976D8B">
+        <w:t xml:space="preserve"> régime indemnitaire </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:t xml:space="preserve">est suspendu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>pour les congés suivants :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ED7DA95" w14:textId="77777777" w:rsidR="002C491D" w:rsidRPr="00976D8B" w:rsidRDefault="00D9219B" w:rsidP="009829C8">
+    <w:p w14:paraId="1449E350" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00976D8B" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00976D8B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>congé</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> de maladie ordinaire, </w:t>
+        <w:t xml:space="preserve">congé de maladie ordinaire, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19E95F25" w14:textId="77777777" w:rsidR="002C491D" w:rsidRPr="00976D8B" w:rsidRDefault="00D9219B" w:rsidP="00091C4C">
+    <w:p w14:paraId="71A2291C" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00976D8B" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00976D8B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>congé</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> pour invalidité temporaire imputable au service (CITIS),</w:t>
+        <w:t>congé pour invalidité temporaire imputable au service (CITIS),</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28F3E031" w14:textId="77777777" w:rsidR="002C491D" w:rsidRPr="00976D8B" w:rsidRDefault="00D9219B" w:rsidP="00FA0768">
+    <w:p w14:paraId="75100816" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00976D8B" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00976D8B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>congé</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> de longue maladie (CLM)</w:t>
+        <w:t>congé de longue maladie (CLM)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EEC71CC" w14:textId="77777777" w:rsidR="002C491D" w:rsidRPr="00976D8B" w:rsidRDefault="00D9219B" w:rsidP="009A6428">
+    <w:p w14:paraId="03132A02" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00976D8B" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00976D8B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>congé</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> de grave maladie (CGM)</w:t>
+        <w:t>congé de grave maladie (CGM)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FD66937" w14:textId="77777777" w:rsidR="002C491D" w:rsidRPr="00976D8B" w:rsidRDefault="00D9219B" w:rsidP="00892974">
+    <w:p w14:paraId="113F4581" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00976D8B" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00976D8B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>temps</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> partiel thérapeutique (TPT)</w:t>
+        <w:t>temps partiel thérapeutique (TPT)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F8F2F1C" w14:textId="77777777" w:rsidR="00D9219B" w:rsidRDefault="00D9219B" w:rsidP="00892974">
+    <w:p w14:paraId="435A10E0" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00976D8B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>période</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00976D8B">
+        <w:t>période préparatoire au reclassement (PPR).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="714635E4" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> préparatoire au reclassement (PPR).</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="530F0DA0" w14:textId="77777777" w:rsidR="006A330C" w:rsidRDefault="006A330C" w:rsidP="006A330C">
+    <w:p w14:paraId="2D8E67D6" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="320CF654" w14:textId="77777777" w:rsidR="00494657" w:rsidRDefault="00494657" w:rsidP="006A330C">
-[...12 lines deleted...]
-    <w:p w14:paraId="038AA5C5" w14:textId="77777777" w:rsidR="00B804FE" w:rsidRDefault="00B804FE" w:rsidP="006A330C">
+    <w:p w14:paraId="4B3247E5" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>7.2 Rétroactivité</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79062698" w14:textId="77777777" w:rsidR="00B804FE" w:rsidRDefault="00B804FE" w:rsidP="006A330C">
+    <w:p w14:paraId="62FCFD26" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C037F9D" w14:textId="77777777" w:rsidR="00B804FE" w:rsidRDefault="00EB7CA9" w:rsidP="006A330C">
+    <w:p w14:paraId="1E88764B" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB7CA9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Lorsque l’agent est placé en congé de longue maladie ou de longue durée à la suite d’une demande présentée en cours de congé de maladie antérieurement accordé, les primes et indemnités qui lui ont été versées durant ce congé lui demeurent acquises</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D43A78B" w14:textId="77777777" w:rsidR="00EB7CA9" w:rsidRDefault="00EB7CA9" w:rsidP="006A330C">
+    <w:p w14:paraId="742EECC4" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="177F3C91" w14:textId="77777777" w:rsidR="00EB7CA9" w:rsidRDefault="00EB7CA9" w:rsidP="006A330C">
+    <w:p w14:paraId="473E0D05" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07433B94" w14:textId="77777777" w:rsidR="006A330C" w:rsidRPr="006A330C" w:rsidRDefault="006A330C" w:rsidP="006A330C">
+    <w:p w14:paraId="32864F5C" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="006A330C" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A330C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>7.</w:t>
       </w:r>
-      <w:r w:rsidR="00B804FE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="006A330C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sort du CIA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39515962" w14:textId="77777777" w:rsidR="006A330C" w:rsidRDefault="006A330C" w:rsidP="006A330C">
+    <w:p w14:paraId="659F4E64" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00DEDC6C" w14:textId="77777777" w:rsidR="006A330C" w:rsidRPr="006A330C" w:rsidRDefault="006A330C" w:rsidP="006A330C">
+    <w:p w14:paraId="2B8F4798" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="006A330C" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A330C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Si l'IFSE a vocation à suivre le traitement, ce n’est pas automatiquement le cas pour le CIA. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00BACA38" w14:textId="77777777" w:rsidR="006A330C" w:rsidRPr="006A330C" w:rsidRDefault="006A330C" w:rsidP="006A330C">
+    <w:p w14:paraId="32BA4FF6" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="006A330C" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A330C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Le CIA a vocation à être attribué aux agents qui ont effectivement exercé leurs fonctions pendant un temps suffisant au cours de l’année de référence pour que l’autorité hiérarchique soit à même d’apprécier leur engagement et leur manière de servir.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18EC758D" w14:textId="77777777" w:rsidR="006A330C" w:rsidRPr="006A330C" w:rsidRDefault="006A330C" w:rsidP="006A330C">
+    <w:p w14:paraId="309A5D9F" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="006A330C" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A330C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Il appartient à l’évaluateur de l‘agent (N+1) d’établir, lors de l’entretien professionnel annuel, si le congé a eu un impact sur les résultats à atteindre, eu égard notamment à sa durée et compte tenu de la manière de servir.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="426671D5" w14:textId="77777777" w:rsidR="006A330C" w:rsidRPr="006A330C" w:rsidRDefault="006A330C" w:rsidP="006A330C">
+    <w:p w14:paraId="2D065AA7" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="006A330C" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A330C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Ainsi, le CIA ne sera pas modulé en fonction de l’absentéisme de l’agent mais sera modulé en fonction des critères exposés à l’article 3-3 de la présente délibération.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F29CE22" w14:textId="77777777" w:rsidR="00AE1838" w:rsidRDefault="00AE1838" w:rsidP="00976D8B">
+    <w:p w14:paraId="67D093DB" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31D5D71A" w14:textId="77777777" w:rsidR="006A330C" w:rsidRDefault="006A330C" w:rsidP="00976D8B">
+    <w:p w14:paraId="47C51492" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73A9D7E2" w14:textId="77777777" w:rsidR="00AE1838" w:rsidRDefault="00626457" w:rsidP="00976D8B">
+    <w:p w14:paraId="6EB300F9" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Article 8</w:t>
       </w:r>
-      <w:r w:rsidR="001D2D15" w:rsidRPr="00976D8B">
+      <w:r w:rsidRPr="00976D8B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
-      <w:r w:rsidR="001D2D15" w:rsidRPr="00626457">
+      <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AE1838">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Réexamen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55CBF854" w14:textId="77777777" w:rsidR="00AE1838" w:rsidRDefault="00AE1838" w:rsidP="00976D8B">
+    <w:p w14:paraId="64394BCA" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D0298D8" w14:textId="77777777" w:rsidR="00AE1838" w:rsidRPr="00AE1838" w:rsidRDefault="00AE1838" w:rsidP="00AE1838">
+    <w:p w14:paraId="051D5DA0" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00AE1838" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE1838">
         <w:rPr>
           <w:rStyle w:val="Marquedecommentaire"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>L’</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Marquedecommentaire"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>IFSE f</w:t>
@@ -10067,1864 +8475,1470 @@
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> l’objet d’un réexamen à chaque changement de fonction ou de grade</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> des agents</w:t>
       </w:r>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">. En l'absence de changement, le réexamen intervient au moins tous les quatre ans. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37AE4048" w14:textId="77777777" w:rsidR="00AE1838" w:rsidRDefault="00AE1838" w:rsidP="00976D8B">
+    <w:p w14:paraId="529D836A" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32E4CB45" w14:textId="77777777" w:rsidR="00FD515D" w:rsidRPr="00626457" w:rsidRDefault="00AE1838" w:rsidP="00976D8B">
+    <w:p w14:paraId="7FC74D80" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E169C2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Article 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> : </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00913275">
+        <w:t> : M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>M</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001D2D15" w:rsidRPr="00626457">
+        <w:t>aintien</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>aintien</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00913275">
+        <w:t xml:space="preserve"> du régime indemnitaire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> du régime indemnitaire</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001D2D15" w:rsidRPr="00626457">
+        <w:t xml:space="preserve"> à titre personnel</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> à titre personnel</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E56E9FD" w14:textId="77777777" w:rsidR="00913275" w:rsidRDefault="00913275" w:rsidP="00976D8B">
+    <w:p w14:paraId="1BF51918" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="375B532C" w14:textId="77777777" w:rsidR="00913275" w:rsidRPr="00976D8B" w:rsidRDefault="00913275" w:rsidP="00976D8B">
+    <w:p w14:paraId="24D06F48" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00976D8B" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:bar w:val="single" w:sz="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00976D8B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Commentaire</w:t>
       </w:r>
       <w:r w:rsidRPr="00976D8B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> : Cet article est facultatif.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="459284AB" w14:textId="77777777" w:rsidR="00913275" w:rsidRDefault="00913275" w:rsidP="00913275">
+    <w:p w14:paraId="6B49F485" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20F86B1D" w14:textId="77777777" w:rsidR="001D2D15" w:rsidRDefault="001D2D15" w:rsidP="00913275">
+    <w:p w14:paraId="0F368A94" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Le montant mensuel (ou annuel) dont bénéficiait l’agent en application des dispositions réglementaires antérieures est maintenu, à titre individuel, lorsque ce montant se trouve diminué </w:t>
-[...9 lines deleted...]
-      <w:r w:rsidR="00C41154">
+        <w:lastRenderedPageBreak/>
+        <w:t>Le montant mensuel (ou annuel) dont bénéficiait l’agent en application des dispositions réglementaires antérieures est maintenu, à titre individuel, lorsque ce montant se trouve diminué à</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> la suite de</w:t>
       </w:r>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">la mise en place du RIFSEEP. </w:t>
+        <w:t xml:space="preserve"> la mise en place du RIFSEEP. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75320CF3" w14:textId="77777777" w:rsidR="00913275" w:rsidRDefault="00913275" w:rsidP="00976D8B">
+    <w:p w14:paraId="3A6F17C6" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C27C92E" w14:textId="77777777" w:rsidR="00663E97" w:rsidRPr="00626457" w:rsidRDefault="00663E97" w:rsidP="00976D8B">
+    <w:p w14:paraId="52EFCFC2" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D5DA9C6" w14:textId="77777777" w:rsidR="00C90BDB" w:rsidRDefault="00C90BDB" w:rsidP="00FD515D">
+    <w:p w14:paraId="55023498" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Article </w:t>
       </w:r>
-      <w:r w:rsidR="00AE1838">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="00976D8B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
-      <w:r w:rsidR="00AC44BF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cumul du RIFSEEP avec les autres primes et indemnités</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D46F662" w14:textId="77777777" w:rsidR="00AE1838" w:rsidRPr="00626457" w:rsidRDefault="00AE1838" w:rsidP="00AE1838">
+    <w:p w14:paraId="50A8935E" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>La</w:t>
       </w:r>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> part fixe (I.F.S.E) est cumulable</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>, le cas échéant,</w:t>
       </w:r>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> avec :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3666E532" w14:textId="77777777" w:rsidR="00AE1838" w:rsidRPr="00626457" w:rsidRDefault="00AE1838" w:rsidP="00AE1838">
+    <w:p w14:paraId="6E2A696B" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>L’indemnisation des dépenses engagées au titre des fonctions exercées (exemple : frais de déplacement),</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24736F9B" w14:textId="77777777" w:rsidR="00AE1838" w:rsidRPr="00626457" w:rsidRDefault="00AE1838" w:rsidP="00AE1838">
+    <w:p w14:paraId="6C1B19C4" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Les dispositifs d’intéressement collectif</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AE1838">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:color w:val="57AF31" w:themeColor="accent1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE1838">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:i/>
-          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:color w:val="57AF31" w:themeColor="accent1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>le cas échéant</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:i/>
-          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:color w:val="57AF31" w:themeColor="accent1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B8D48E0" w14:textId="77777777" w:rsidR="00AE1838" w:rsidRPr="00626457" w:rsidRDefault="00AE1838" w:rsidP="00AE1838">
+    <w:p w14:paraId="66B8639F" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Les sujétions ponctuelles directement liées à la durée du travail (heures supplémentaires, astreintes, permanences…),</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7631A2B9" w14:textId="77777777" w:rsidR="00AE1838" w:rsidRPr="00663E97" w:rsidRDefault="00AE1838" w:rsidP="00AE1838">
+    <w:p w14:paraId="5B480E7F" w14:textId="77777777" w:rsidR="005E0CC2" w:rsidRPr="005E0CC2" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">La prime de responsabilité liée à l’occupation d’un emploi fonctionnel </w:t>
       </w:r>
       <w:r w:rsidRPr="00AE1838">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:i/>
-          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:color w:val="57AF31" w:themeColor="accent1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(le cas échéant)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="005E0CC2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:i/>
+          <w:color w:val="57AF31" w:themeColor="accent1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AD2A87F" w14:textId="0DDF28D0" w:rsidR="008C5F8F" w:rsidRPr="00663E97" w:rsidRDefault="005E0CC2" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E0CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>L’indemnité de maniement de fonds</w:t>
+      </w:r>
+      <w:r w:rsidR="008C5F8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="693C7C08" w14:textId="77777777" w:rsidR="00663E97" w:rsidRPr="00663E97" w:rsidRDefault="00663E97" w:rsidP="00663E97">
+    <w:p w14:paraId="0E96F2E5" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00663E97" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="506F1D3E" w14:textId="77777777" w:rsidR="00F35B0D" w:rsidRDefault="00F35B0D" w:rsidP="00AC44BF">
+    <w:p w14:paraId="4FF0FE1A" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F35B0D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Article 1</w:t>
       </w:r>
-      <w:r w:rsidR="00AE1838">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00976D8B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> : </w:t>
-[...8 lines deleted...]
-        <w:t>Abrogation des dispositions antérieures</w:t>
+        <w:t> : Abrogation des dispositions antérieures</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51C1A14C" w14:textId="77777777" w:rsidR="00AC44BF" w:rsidRPr="00F35B0D" w:rsidRDefault="00AC44BF" w:rsidP="00976D8B">
+    <w:p w14:paraId="6B510D26" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00F35B0D" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C55CF48" w14:textId="77777777" w:rsidR="00AC44BF" w:rsidRPr="008D70FA" w:rsidRDefault="00AC44BF" w:rsidP="00AC44BF">
+    <w:p w14:paraId="1F72659D" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="008D70FA" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:bar w:val="single" w:sz="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D70FA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Commentaire</w:t>
       </w:r>
       <w:r w:rsidRPr="008D70FA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> : Cet article </w:t>
       </w:r>
-      <w:r w:rsidR="00FA6B8E">
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> portant sur des primes, indemnités, etc. antérieurement versées et remplacées par le RIFSEEP.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="8A8A88" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ne doit être inséré que si des délibérations antérieures sont abrogées. Il convient ici de lister l’ensemble des délibérations abrogées portant sur des primes, indemnités, etc. antérieurement versées et remplacées par le RIFSEEP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52FDBB7F" w14:textId="77777777" w:rsidR="00AC44BF" w:rsidRDefault="00AC44BF" w:rsidP="00AC44BF">
+    <w:p w14:paraId="02B106CA" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B0ED5C5" w14:textId="77777777" w:rsidR="00F35B0D" w:rsidRDefault="00F35B0D" w:rsidP="00976D8B">
+    <w:p w14:paraId="5C5E2330" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Cette délibération abroge les délibérations du ………</w:t>
-[...31 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Cette délibération abroge les délibérations du …………… relatives à ……………….</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="332BD037" w14:textId="77777777" w:rsidR="00AC44BF" w:rsidRDefault="00AC44BF" w:rsidP="00976D8B">
+    <w:p w14:paraId="75B3974A" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:u w:val="single"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32DFAC51" w14:textId="77777777" w:rsidR="00663E97" w:rsidRDefault="00663E97" w:rsidP="00976D8B">
+    <w:p w14:paraId="2E1BFA29" w14:textId="31B61BC2" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C5F8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Article 12 :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C5F8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Contentieux</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="205BFAE6" w14:textId="77777777" w:rsidR="00494657" w:rsidRDefault="00494657" w:rsidP="00976D8B">
+    <w:p w14:paraId="4DE4AB06" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B2FDF27" w14:textId="5D423B73" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C5F8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">L’autorité territoriale (à modifier : Maire/Président(e)) certifie sous sa responsabilité le caractère exécutoire de cet acte et informe que la présente délibération peut faire l'objet d'un recours pour excès de pouvoir devant le Tribunal Administratif de Nantes - 6, Allée de l'Ile Gloriette 44041 NANTES CEDEX - dans un délai de 2 mois à compter de son affichage ou de sa publication. La juridiction administrative compétente peut également être saisie par l'application Télérecours citoyens accessible à partir du site </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="003C064F">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>www.telerecours.fr</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0D1B4DF9" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49E26D33" w14:textId="77777777" w:rsidR="00296434" w:rsidRPr="00626457" w:rsidRDefault="00FD515D" w:rsidP="00FD515D">
-      <w:pPr>
+    <w:p w14:paraId="6B8AFC42" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DFC4FA9" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">L’organe délibérant, après en avoir délibéré, </w:t>
       </w:r>
-      <w:r w:rsidR="0012072E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>décide :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E842C33" w14:textId="77777777" w:rsidR="00FD515D" w:rsidRPr="00976D8B" w:rsidRDefault="00FD515D" w:rsidP="00976D8B">
+    <w:p w14:paraId="6388DE95" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00976D8B" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00976D8B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>d’adopter</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">d’adopter le régime indemnitaire </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>dans les conditions mentionnées ci-dessus</w:t>
+      </w:r>
       <w:r w:rsidRPr="00976D8B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> le régime indemnitaire </w:t>
-[...22 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> à compter du…………</w:t>
       </w:r>
-      <w:r w:rsidR="0012072E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>……</w:t>
       </w:r>
-      <w:r w:rsidR="00771523" w:rsidRPr="00976D8B">
+      <w:r w:rsidRPr="00976D8B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FA05EDD" w14:textId="77777777" w:rsidR="00FD515D" w:rsidRPr="00976D8B" w:rsidRDefault="00B524FC" w:rsidP="00976D8B">
+    <w:p w14:paraId="14CFF251" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00976D8B" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>que</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>que l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">es crédits correspondant </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> l</w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>seront</w:t>
       </w:r>
-      <w:r w:rsidR="00FD515D" w:rsidRPr="00976D8B">
+      <w:r w:rsidRPr="00976D8B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> inscrits au budget de </w:t>
       </w:r>
-      <w:r w:rsidR="00FD515D" w:rsidRPr="00976D8B">
+      <w:r w:rsidRPr="00976D8B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>la collectivité ou de l'établissement</w:t>
       </w:r>
-      <w:r w:rsidR="00FD515D" w:rsidRPr="00976D8B">
+      <w:r w:rsidRPr="00976D8B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46644948" w14:textId="77777777" w:rsidR="00B524FC" w:rsidRPr="007C50B9" w:rsidRDefault="00B524FC" w:rsidP="00296434">
+    <w:p w14:paraId="088FCE64" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="007C50B9" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="VuConsidrant"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="1418" w:hanging="1418"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="8F0000" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C50B9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="8F0000" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Modalités d’adoption du vote (unanimité, majorité, nombre de voix et d’absentions)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="105C38E2" w14:textId="77777777" w:rsidR="00DE0B38" w:rsidRPr="00626457" w:rsidRDefault="00DE0B38" w:rsidP="00771523">
+    <w:p w14:paraId="0FED9850" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CFEF4E4" w14:textId="77777777" w:rsidR="00DE0B38" w:rsidRPr="00626457" w:rsidRDefault="00DE0B38" w:rsidP="00DE0B38">
+    <w:p w14:paraId="28F90191" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="Signature"/>
-        <w:tabs>
-[...2 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5400"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Fait à ……… le …</w:t>
-[...17 lines deleted...]
-        <w:t>,</w:t>
+        <w:t>Fait à ……… le ……….,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C05B0E9" w14:textId="77777777" w:rsidR="00DE0B38" w:rsidRPr="00976D8B" w:rsidRDefault="00DE0B38" w:rsidP="00DE0B38">
+    <w:p w14:paraId="73BDDC9B" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00976D8B" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="Signature"/>
-        <w:tabs>
-[...2 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5400"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00976D8B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Le Maire (ou le Président)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2160AB92" w14:textId="77777777" w:rsidR="00DE0B38" w:rsidRPr="00626457" w:rsidRDefault="00DE0B38" w:rsidP="00DE0B38">
+    <w:p w14:paraId="55C52AB5" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="Signature"/>
-        <w:tabs>
-[...2 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5400"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00626457">
+        <w:t>(prénom</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>prénom</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00B524FC">
+        <w:t xml:space="preserve"> et</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> et</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> nom lisibles et signature)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14A2BA1D" w14:textId="77777777" w:rsidR="00DE0B38" w:rsidRPr="00626457" w:rsidRDefault="00DE0B38" w:rsidP="00DE0B38">
+    <w:p w14:paraId="08043A19" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="Signature"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41CA953F" w14:textId="77777777" w:rsidR="00DE0B38" w:rsidRPr="00626457" w:rsidRDefault="00DE0B38" w:rsidP="00DE0B38">
+    <w:p w14:paraId="25358A7B" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="Signature"/>
         <w:ind w:left="142"/>
-        <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13CC59E5" w14:textId="77777777" w:rsidR="00DE0B38" w:rsidRPr="00626457" w:rsidRDefault="00DE0B38" w:rsidP="00DE0B38">
+    <w:p w14:paraId="120E4968" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:pStyle w:val="notifi"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>- Transmis au représentant de l’Etat le : ……………………</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>- Transmis au représentant de l’Etat le : …………………………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4922E183" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
+      <w:pPr>
+        <w:pStyle w:val="notifi"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00626457">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>…….</w:t>
-[...8 lines deleted...]
-        <w:t>.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>- Publié le : ………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21A16F06" w14:textId="77777777" w:rsidR="00DE0B38" w:rsidRPr="00626457" w:rsidRDefault="00DE0B38" w:rsidP="00DE0B38">
-[...17 lines deleted...]
-    <w:p w14:paraId="492D01EF" w14:textId="77777777" w:rsidR="00FD515D" w:rsidRPr="00626457" w:rsidRDefault="00560C97" w:rsidP="0098311A">
+    <w:p w14:paraId="5A324A69" w14:textId="77777777" w:rsidR="008C5F8F" w:rsidRPr="00626457" w:rsidRDefault="008C5F8F" w:rsidP="008C5F8F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00FD515D" w:rsidRPr="00626457">
-      <w:footerReference w:type="default" r:id="rId9"/>
+    <w:p w14:paraId="225BC00F" w14:textId="77777777" w:rsidR="00E32F3E" w:rsidRPr="007A44DD" w:rsidRDefault="00E32F3E" w:rsidP="007A44DD"/>
+    <w:sectPr w:rsidR="00E32F3E" w:rsidRPr="007A44DD">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Wingdings">
-    <w:panose1 w:val="05000000000000000000"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="ArialNarrow">
+    <w:altName w:val="Arial Narrow"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DIN">
+    <w:altName w:val="Calibri"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="DIN-Regular">
+    <w:altName w:val="Calibri"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="ArialNarrow-Bold">
+    <w:altName w:val="Arial Narrow"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Rockwell">
+    <w:panose1 w:val="02060603020205020403"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...69 lines deleted...]
-</w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
-    <mc:AlternateContent>
-[...76 lines deleted...]
-    </mc:AlternateContent>
+    <w:pict>
+      <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+        <v:stroke joinstyle="miter"/>
+        <v:formulas>
+          <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+          <v:f eqn="sum @0 1 0"/>
+          <v:f eqn="sum 0 0 @1"/>
+          <v:f eqn="prod @2 1 2"/>
+          <v:f eqn="prod @3 21600 pixelWidth"/>
+          <v:f eqn="prod @3 21600 pixelHeight"/>
+          <v:f eqn="sum @0 0 1"/>
+          <v:f eqn="prod @6 1 2"/>
+          <v:f eqn="prod @7 21600 pixelWidth"/>
+          <v:f eqn="sum @8 21600 0"/>
+          <v:f eqn="prod @7 21600 pixelHeight"/>
+          <v:f eqn="sum @10 21600 0"/>
+        </v:formulas>
+        <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+        <o:lock v:ext="edit" aspectratio="t"/>
+      </v:shapetype>
+      <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:7.5pt;height:7.5pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+        <v:imagedata r:id="rId1" o:title=""/>
+      </v:shape>
+    </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="1">
-    <mc:AlternateContent>
-[...57 lines deleted...]
-    </mc:AlternateContent>
+    <w:pict>
+      <v:shape id="_x0000_i1029" type="#_x0000_t75" style="width:50.25pt;height:100.5pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+        <v:imagedata r:id="rId2" o:title=""/>
+      </v:shape>
+    </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="02454C80"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="040C000B">
+    <w:nsid w:val="FFFFFF7C"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="6C4E50DA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1492"/>
+        </w:tabs>
+        <w:ind w:left="1492" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7D"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="4D6CB71E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1209"/>
+        </w:tabs>
+        <w:ind w:left="1209" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7E"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="809A306C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="926"/>
+        </w:tabs>
+        <w:ind w:left="926" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7F"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="351E3E34"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="643"/>
+        </w:tabs>
+        <w:ind w:left="643" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF80"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="B6E8615A"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:pStyle w:val="Listepuces5"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF81"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="7F8230A0"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:pStyle w:val="Listepuces4"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF82"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="B24A6E36"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:pStyle w:val="Listepuces3"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF83"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="1F86DD2C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Listepuces2"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF88"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="D67CEB48"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF89"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="26281A5A"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...58 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-[...251 lines deleted...]
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0DFD4617"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="66483586"/>
     <w:lvl w:ilvl="0" w:tplc="040C000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11993,63 +10007,295 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3D3B4B82"/>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1B6F205A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9CA4ABB8"/>
+    <w:styleLink w:val="Rapportannuel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="space"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1C7E4B63"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A5EE097A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Article"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3048694B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B0C64F80"/>
-    <w:lvl w:ilvl="0" w:tplc="8BA49C2C">
+    <w:tmpl w:val="3FD67694"/>
+    <w:lvl w:ilvl="0" w:tplc="CB341D7C">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -12105,51 +10351,292 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="367F6A45"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="639E136E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Listenumros"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Listenumros2"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="432"/>
+        </w:tabs>
+        <w:ind w:left="432" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pStyle w:val="Listenumros4"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1152" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pStyle w:val="Listenumros5"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1512" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1872" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2592" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2952" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="40E2672B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="66B6B68A"/>
+    <w:lvl w:ilvl="0" w:tplc="CA12CEC2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="puces"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="E55D1D"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A8F215F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5BD8E454"/>
     <w:lvl w:ilvl="0" w:tplc="5A307A6E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12218,172 +10705,59 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="52D56EA4"/>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="652A4FC9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D6A067D0"/>
-    <w:lvl w:ilvl="0" w:tplc="FC12DEA0">
+    <w:tmpl w:val="22547710"/>
+    <w:lvl w:ilvl="0" w:tplc="3D52ED6C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
-[...112 lines deleted...]
-      <w:lvlPicBulletId w:val="0"/>
+      <w:lvlPicBulletId w:val="1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -12446,863 +10820,709 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="61D4465D"/>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6CAB3627"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6DC6B8F0"/>
-[...1 lines deleted...]
-      <w:start w:val="2"/>
+    <w:tmpl w:val="30F2FE66"/>
+    <w:lvl w:ilvl="0" w:tplc="3A623936">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:pStyle w:val="Objet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...5 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="62524145"/>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E5A4D41"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D9C287AA"/>
-    <w:lvl w:ilvl="0" w:tplc="CD4C7C3E">
+    <w:tmpl w:val="4B22D7A0"/>
+    <w:lvl w:ilvl="0" w:tplc="A020898E">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="040C0003">
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="040C0005">
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="040C0001">
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-[...111 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="1692687984">
+  <w:num w:numId="1" w16cid:durableId="767967507">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1347488537">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="681395660">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1072384493">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="843520488">
+  <w:num w:numId="5" w16cid:durableId="416705873">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1334601550">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="2044789731">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1325007386">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1051462594">
+  <w:num w:numId="9" w16cid:durableId="124353184">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1184320558">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="746465356">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1938177442">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1180512495">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="635987219">
+  <w:num w:numId="14" w16cid:durableId="625745633">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="998270088">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="2068794771">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1931815543">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="307441223">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1895699746">
+  <w:num w:numId="19" w16cid:durableId="5640237">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1512598518">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="764770428">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1315449908">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="190265981">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="180628253">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1232615042">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1276713262">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="635987219">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="566300649">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="746464401">
-[...16 lines deleted...]
-  </w:num>
 </w:numbering>
-</file>
-[...6 lines deleted...]
-</w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:revisionView w:markup="0"/>
+  <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0098311A"/>
-[...216 lines deleted...]
-    <w:rsid w:val="00FE3AD9"/>
+    <w:rsidRoot w:val="008C5F8F"/>
+    <w:rsid w:val="00020272"/>
+    <w:rsid w:val="000240BA"/>
+    <w:rsid w:val="0003041C"/>
+    <w:rsid w:val="00030AFF"/>
+    <w:rsid w:val="00035F7B"/>
+    <w:rsid w:val="00044B98"/>
+    <w:rsid w:val="00067EAD"/>
+    <w:rsid w:val="000707AB"/>
+    <w:rsid w:val="0007153C"/>
+    <w:rsid w:val="000A770E"/>
+    <w:rsid w:val="000C61E1"/>
+    <w:rsid w:val="000D37F1"/>
+    <w:rsid w:val="00122C76"/>
+    <w:rsid w:val="0012749A"/>
+    <w:rsid w:val="00186F3D"/>
+    <w:rsid w:val="001872BB"/>
+    <w:rsid w:val="0019765D"/>
+    <w:rsid w:val="00197AC1"/>
+    <w:rsid w:val="001A7D6A"/>
+    <w:rsid w:val="001A7DEB"/>
+    <w:rsid w:val="001B62A8"/>
+    <w:rsid w:val="001C0221"/>
+    <w:rsid w:val="001E153A"/>
+    <w:rsid w:val="001F41BE"/>
+    <w:rsid w:val="00203F75"/>
+    <w:rsid w:val="00214B5B"/>
+    <w:rsid w:val="00215EE5"/>
+    <w:rsid w:val="0022208D"/>
+    <w:rsid w:val="00244118"/>
+    <w:rsid w:val="002527DB"/>
+    <w:rsid w:val="0027038F"/>
+    <w:rsid w:val="00290675"/>
+    <w:rsid w:val="002A572F"/>
+    <w:rsid w:val="002F3416"/>
+    <w:rsid w:val="003121CC"/>
+    <w:rsid w:val="00313B14"/>
+    <w:rsid w:val="0031594B"/>
+    <w:rsid w:val="00342B56"/>
+    <w:rsid w:val="00345834"/>
+    <w:rsid w:val="00366CC5"/>
+    <w:rsid w:val="00382092"/>
+    <w:rsid w:val="003A0814"/>
+    <w:rsid w:val="003A1DB5"/>
+    <w:rsid w:val="003A60B2"/>
+    <w:rsid w:val="003C5273"/>
+    <w:rsid w:val="003E3E5C"/>
+    <w:rsid w:val="004158BD"/>
+    <w:rsid w:val="00415CE7"/>
+    <w:rsid w:val="004259EE"/>
+    <w:rsid w:val="004372C0"/>
+    <w:rsid w:val="00450539"/>
+    <w:rsid w:val="004541CB"/>
+    <w:rsid w:val="00481BC1"/>
+    <w:rsid w:val="004B08E8"/>
+    <w:rsid w:val="004B101B"/>
+    <w:rsid w:val="004B4EEB"/>
+    <w:rsid w:val="004D46A9"/>
+    <w:rsid w:val="00514E25"/>
+    <w:rsid w:val="00526ECA"/>
+    <w:rsid w:val="00534850"/>
+    <w:rsid w:val="00540772"/>
+    <w:rsid w:val="005842BC"/>
+    <w:rsid w:val="005979B3"/>
+    <w:rsid w:val="005A0254"/>
+    <w:rsid w:val="005C1365"/>
+    <w:rsid w:val="005E0CC2"/>
+    <w:rsid w:val="005F28B8"/>
+    <w:rsid w:val="0060000F"/>
+    <w:rsid w:val="00602162"/>
+    <w:rsid w:val="00602313"/>
+    <w:rsid w:val="0061255C"/>
+    <w:rsid w:val="00623BF2"/>
+    <w:rsid w:val="00631453"/>
+    <w:rsid w:val="006319D0"/>
+    <w:rsid w:val="006345C7"/>
+    <w:rsid w:val="00652F89"/>
+    <w:rsid w:val="00655F87"/>
+    <w:rsid w:val="0065645A"/>
+    <w:rsid w:val="006633CD"/>
+    <w:rsid w:val="00674447"/>
+    <w:rsid w:val="00682B53"/>
+    <w:rsid w:val="0068584C"/>
+    <w:rsid w:val="00690CF2"/>
+    <w:rsid w:val="00691234"/>
+    <w:rsid w:val="006931F3"/>
+    <w:rsid w:val="006B7058"/>
+    <w:rsid w:val="006E233F"/>
+    <w:rsid w:val="006F7D7D"/>
+    <w:rsid w:val="0070063E"/>
+    <w:rsid w:val="00701B5D"/>
+    <w:rsid w:val="007064C2"/>
+    <w:rsid w:val="00734348"/>
+    <w:rsid w:val="007361DC"/>
+    <w:rsid w:val="0075383C"/>
+    <w:rsid w:val="00761BDC"/>
+    <w:rsid w:val="007750E2"/>
+    <w:rsid w:val="007A44DD"/>
+    <w:rsid w:val="007A5100"/>
+    <w:rsid w:val="007D3006"/>
+    <w:rsid w:val="007E066A"/>
+    <w:rsid w:val="008214D3"/>
+    <w:rsid w:val="00842956"/>
+    <w:rsid w:val="008564FB"/>
+    <w:rsid w:val="008B224E"/>
+    <w:rsid w:val="008C3FC8"/>
+    <w:rsid w:val="008C4FEF"/>
+    <w:rsid w:val="008C5F8F"/>
+    <w:rsid w:val="008D103D"/>
+    <w:rsid w:val="009254FB"/>
+    <w:rsid w:val="00927E95"/>
+    <w:rsid w:val="00936708"/>
+    <w:rsid w:val="00955E58"/>
+    <w:rsid w:val="009566A4"/>
+    <w:rsid w:val="00960EEF"/>
+    <w:rsid w:val="00970B99"/>
+    <w:rsid w:val="00984D81"/>
+    <w:rsid w:val="0099323A"/>
+    <w:rsid w:val="00997861"/>
+    <w:rsid w:val="009A1190"/>
+    <w:rsid w:val="009B4F9F"/>
+    <w:rsid w:val="009F625A"/>
+    <w:rsid w:val="00A04B21"/>
+    <w:rsid w:val="00A1321C"/>
+    <w:rsid w:val="00A318D9"/>
+    <w:rsid w:val="00A44882"/>
+    <w:rsid w:val="00A62E84"/>
+    <w:rsid w:val="00A64B06"/>
+    <w:rsid w:val="00A72F46"/>
+    <w:rsid w:val="00AA060D"/>
+    <w:rsid w:val="00AB006B"/>
+    <w:rsid w:val="00AB228D"/>
+    <w:rsid w:val="00AC5E74"/>
+    <w:rsid w:val="00AE2D71"/>
+    <w:rsid w:val="00B20B11"/>
+    <w:rsid w:val="00B276C0"/>
+    <w:rsid w:val="00B37C3F"/>
+    <w:rsid w:val="00B63E9A"/>
+    <w:rsid w:val="00B71368"/>
+    <w:rsid w:val="00B77907"/>
+    <w:rsid w:val="00B97DFA"/>
+    <w:rsid w:val="00BA2FC7"/>
+    <w:rsid w:val="00BC4595"/>
+    <w:rsid w:val="00BD7105"/>
+    <w:rsid w:val="00BE7227"/>
+    <w:rsid w:val="00C51F0E"/>
+    <w:rsid w:val="00C61A38"/>
+    <w:rsid w:val="00C7368D"/>
+    <w:rsid w:val="00C7789F"/>
+    <w:rsid w:val="00C9102F"/>
+    <w:rsid w:val="00C9413C"/>
+    <w:rsid w:val="00CF0C9E"/>
+    <w:rsid w:val="00CF1193"/>
+    <w:rsid w:val="00CF4341"/>
+    <w:rsid w:val="00CF5815"/>
+    <w:rsid w:val="00CF77C1"/>
+    <w:rsid w:val="00D117A2"/>
+    <w:rsid w:val="00D242CA"/>
+    <w:rsid w:val="00D479E8"/>
+    <w:rsid w:val="00D51F04"/>
+    <w:rsid w:val="00D62D8D"/>
+    <w:rsid w:val="00D81055"/>
+    <w:rsid w:val="00DC4511"/>
+    <w:rsid w:val="00DC45A9"/>
+    <w:rsid w:val="00DC6DBE"/>
+    <w:rsid w:val="00DE3E8A"/>
+    <w:rsid w:val="00E13E54"/>
+    <w:rsid w:val="00E16A12"/>
+    <w:rsid w:val="00E257F9"/>
+    <w:rsid w:val="00E32F3E"/>
+    <w:rsid w:val="00E402ED"/>
+    <w:rsid w:val="00E4085C"/>
+    <w:rsid w:val="00E44F21"/>
+    <w:rsid w:val="00E5136E"/>
+    <w:rsid w:val="00E677FD"/>
+    <w:rsid w:val="00E87FC1"/>
+    <w:rsid w:val="00EC6951"/>
+    <w:rsid w:val="00ED4402"/>
+    <w:rsid w:val="00EE0275"/>
+    <w:rsid w:val="00F106DE"/>
+    <w:rsid w:val="00F1074C"/>
+    <w:rsid w:val="00F214C7"/>
+    <w:rsid w:val="00F30A98"/>
+    <w:rsid w:val="00F47BFE"/>
+    <w:rsid w:val="00F775AB"/>
+    <w:rsid w:val="00FA7F72"/>
+    <w:rsid w:val="00FB71D4"/>
+    <w:rsid w:val="00FD2E73"/>
+    <w:rsid w:val="00FD3C0D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="1028"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2733F483"/>
-  <w15:docId w15:val="{33F1E7E4-F2CE-4D0B-AE46-4820E2C28800}"/>
+  <w14:docId w14:val="218F3682"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{10DB92E8-151B-486D-B3B6-37F362F83991}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="18" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="18" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="18" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="18" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="18" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="18" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:uiPriority="18" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:uiPriority="18" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:uiPriority="18" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13351,51 +11571,51 @@
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
@@ -13551,1221 +11771,17891 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="008C5F8F"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Titredetableau"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre1Car"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E32F3E"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="3" w:color="57AF31"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="57AF31"/>
+        <w:bottom w:val="single" w:sz="4" w:space="3" w:color="57AF31"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="57AF31"/>
+      </w:pBdr>
+      <w:spacing w:before="80" w:after="80"/>
+      <w:ind w:left="0" w:right="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre2Car"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="1"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00E32F3E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="60"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:caps/>
+      <w:color w:val="57AF31"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="de-DE"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre3Car"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="1"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00E32F3E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="60" w:after="80"/>
+      <w:ind w:firstLine="284"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:bCs/>
+      <w:color w:val="57AF31"/>
+      <w:sz w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre4Car"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="18"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00E32F3E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="60"/>
+      <w:ind w:left="709"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="57AF31"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre5Car"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="18"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00E32F3E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="60"/>
+      <w:ind w:left="1134"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="3C3C3B"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre6Car"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="18"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2B5618" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre7Car"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="18"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:ind w:left="4536"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="6D6D6B" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre8Car"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="18"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:ind w:left="4962" w:firstLine="141"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="6D6D6B" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre9Car"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="18"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:ind w:left="5812"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="6D6D6B" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre1Car">
+    <w:name w:val="Titre 1 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre1"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00E32F3E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:caps/>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="28"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="57AF31"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre4Car">
+    <w:name w:val="Titre 4 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre4"/>
+    <w:uiPriority w:val="18"/>
+    <w:rsid w:val="00E32F3E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="57AF31"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre5Car">
+    <w:name w:val="Titre 5 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre5"/>
+    <w:uiPriority w:val="18"/>
+    <w:rsid w:val="00E32F3E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:color w:val="3C3C3B"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre6Car">
+    <w:name w:val="Titre 6 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre6"/>
+    <w:uiPriority w:val="18"/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2B5618" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre7Car">
+    <w:name w:val="Titre 7 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre7"/>
+    <w:uiPriority w:val="18"/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="6D6D6B" w:themeColor="text1" w:themeTint="BF"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre8Car">
+    <w:name w:val="Titre 8 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre8"/>
+    <w:uiPriority w:val="18"/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="6D6D6B" w:themeColor="text1" w:themeTint="BF"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre9Car">
+    <w:name w:val="Titre 9 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre9"/>
+    <w:uiPriority w:val="18"/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="6D6D6B" w:themeColor="text1" w:themeTint="BF"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Encadranthracite">
+    <w:name w:val="Encadré anthracite"/>
+    <w:basedOn w:val="EncadrGrisClair"/>
+    <w:link w:val="EncadranthraciteCar"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="3C3C3B" w:themeFill="text1"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EncadranthraciteCar">
+    <w:name w:val="Encadré anthracite Car"/>
+    <w:basedOn w:val="EncadrGrisClairCar"/>
+    <w:link w:val="Encadranthracite"/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="ArialNarrow"/>
+      <w:b/>
+      <w:bCs/>
+      <w:noProof/>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:szCs w:val="14"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="3C3C3B" w:themeFill="text1"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Article">
+    <w:name w:val="Article"/>
+    <w:basedOn w:val="Paragraphedeliste"/>
+    <w:link w:val="ArticleCar"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:rsid w:val="006B7058"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:ind w:left="426" w:hanging="360"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:color w:val="57AF31" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ArticleCar">
+    <w:name w:val="Article Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Article"/>
+    <w:rsid w:val="006B7058"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="ArialNarrow"/>
+      <w:b/>
+      <w:color w:val="57AF31" w:themeColor="accent1"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Accentuation">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="20"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="AcronymeHTML">
+    <w:name w:val="HTML Acronym"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Adressedestinataire">
+    <w:name w:val="envelope address"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:framePr w:w="7920" w:h="1980" w:hRule="exact" w:hSpace="180" w:wrap="auto" w:hAnchor="page" w:xAlign="center" w:yAlign="bottom"/>
+      <w:ind w:left="2880"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Adresseexpditeur">
+    <w:name w:val="envelope return"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="AdresseHTML">
+    <w:name w:val="HTML Address"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AdresseHTMLCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AdresseHTMLCar">
+    <w:name w:val="Adresse HTML Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="AdresseHTML"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cs="ArialNarrow"/>
+      <w:i/>
+      <w:iCs/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Appeldenotedefin">
+    <w:name w:val="endnote reference"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Appelnotedebasdep">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:rsid w:val="00534850"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Bibliographie">
+    <w:name w:val="Bibliography"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="37"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citation">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="CitationCar"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="240"/>
+      <w:ind w:left="720" w:right="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="7F7F7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitationCar">
+    <w:name w:val="Citation Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Citation"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cs="ArialNarrow"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="7F7F7F"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CitationHTML">
+    <w:name w:val="HTML Cite"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citationintense">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="CitationintenseCar"/>
+    <w:uiPriority w:val="30"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="4" w:space="4" w:color="57AF31" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:before="200" w:after="280"/>
+      <w:ind w:left="936" w:right="936"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="57AF31" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitationintenseCar">
+    <w:name w:val="Citation intense Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Citationintense"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cs="ArialNarrow"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="57AF31" w:themeColor="accent1"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ClavierHTML">
+    <w:name w:val="HTML Keyboard"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CodeHTML">
+    <w:name w:val="HTML Code"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Colonnesdetableau1">
+    <w:name w:val="Table Columns 1"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="pct25" w:color="000000" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="pct25" w:color="FFFF00" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Colonnesdetableau2">
+    <w:name w:val="Table Columns 2"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="000080" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="pct30" w:color="000000" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="pct25" w:color="00FF00" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Colonnesdetableau3">
+    <w:name w:val="Table Columns 3"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="6" w:space="0" w:color="000080"/>
+        <w:left w:val="single" w:sz="6" w:space="0" w:color="000080"/>
+        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000080"/>
+        <w:right w:val="single" w:sz="6" w:space="0" w:color="000080"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000080"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="000080" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000080"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="solid" w:color="C0C0C0" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="pct10" w:color="000000" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Colonnesdetableau4">
+    <w:name w:val="Table Columns 4"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="000000" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="pct50" w:color="008080" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="pct10" w:color="000000" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Colonnesdetableau5">
+    <w:name w:val="Table Columns 5"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="12" w:space="0" w:color="808080"/>
+        <w:left w:val="single" w:sz="12" w:space="0" w:color="808080"/>
+        <w:bottom w:val="single" w:sz="12" w:space="0" w:color="808080"/>
+        <w:right w:val="single" w:sz="12" w:space="0" w:color="808080"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="solid" w:color="C0C0C0" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Commentaire">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentaireCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentaireCar">
+    <w:name w:val="Commentaire Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Commentaire"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cs="ArialNarrow"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Corpsdetexte">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CorpsdetexteCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CorpsdetexteCar">
+    <w:name w:val="Corps de texte Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Corpsdetexte"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cs="ArialNarrow"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Corpsdetexte2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Corpsdetexte2Car"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Corpsdetexte2Car">
+    <w:name w:val="Corps de texte 2 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Corpsdetexte2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cs="ArialNarrow"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Corpsdetexte3">
+    <w:name w:val="Body Text 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Corpsdetexte3Car"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Corpsdetexte3Car">
+    <w:name w:val="Corps de texte 3 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Corpsdetexte3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cs="ArialNarrow"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Date">
+    <w:name w:val="Date"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="DateCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DateCar">
+    <w:name w:val="Date Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Date"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cs="ArialNarrow"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="DfinitionHTML">
+    <w:name w:val="HTML Definition"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Effetsdetableau3D1">
+    <w:name w:val="Table 3D effects 1"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr/>
+    <w:tcPr>
+      <w:shd w:val="solid" w:color="C0C0C0" w:fill="FFFFFF"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="800080"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:rPr>
+        <w:color w:val="000080"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Effetsdetableau3D2">
+    <w:name w:val="Table 3D effects 2"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="solid" w:color="C0C0C0" w:fill="FFFFFF"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Effetsdetableau3D3">
+    <w:name w:val="Table 3D effects 3"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="solid" w:color="C0C0C0" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="pct50" w:color="C0C0C0" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
   <w:style w:type="character" w:styleId="lev">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Policepardfaut"/>
-    <w:uiPriority w:val="22"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0098311A"/>
+    <w:uiPriority w:val="1"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="DIN" w:hAnsi="DIN"/>
+      <w:b w:val="0"/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Accentuationintense">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="21"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="57AF31" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Accentuationlgre">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="19"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="9E9E9C" w:themeColor="text1" w:themeTint="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EncadrGrisClair">
+    <w:name w:val="Encadré Gris Clair"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="EncadrGrisClairCar"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:rsid w:val="008C5F8F"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="2" w:space="6" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+        <w:left w:val="single" w:sz="2" w:space="6" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+        <w:bottom w:val="single" w:sz="2" w:space="6" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+        <w:right w:val="single" w:sz="2" w:space="6" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+      <w:spacing w:before="60" w:after="60"/>
+      <w:ind w:left="142" w:right="142"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:noProof/>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="14"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EncadrGrisClairCar">
+    <w:name w:val="Encadré Gris Clair Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="EncadrGrisClair"/>
+    <w:rsid w:val="008C5F8F"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:noProof/>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:szCs w:val="14"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="En-tte">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="En-tteCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="En-tteCar">
+    <w:name w:val="En-tête Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="En-tte"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cs="ArialNarrow"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="En-ttedemessage">
+    <w:name w:val="Message Header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="En-ttedemessageCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:left w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:right w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
+      <w:ind w:left="1080" w:hanging="1080"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="En-ttedemessageCar">
+    <w:name w:val="En-tête de message Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="En-ttedemessage"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Titredetableau">
+    <w:name w:val="Titre de tableau"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TitredetableauCar"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00842956"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="1" w:color="57AF31"/>
+        <w:left w:val="single" w:sz="4" w:space="6" w:color="57AF31"/>
+        <w:bottom w:val="single" w:sz="4" w:space="2" w:color="57AF31"/>
+        <w:right w:val="single" w:sz="4" w:space="6" w:color="57AF31"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="auto" w:fill="57AF31"/>
+      <w:spacing w:before="160"/>
+      <w:ind w:left="144" w:right="144"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitredetableauCar">
+    <w:name w:val="Titre de tableau Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titredetableau"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00842956"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="57AF31"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="En-ttedetabledesmatires">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Titre1"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="2" w:space="4" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="2" w:space="6" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="2" w:space="4" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="2" w:space="6" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps w:val="0"/>
+      <w:color w:val="57AF31"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ExempleHTML">
+    <w:name w:val="HTML Sample"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Explorateurdedocuments">
+    <w:name w:val="Document Map"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ExplorateurdedocumentsCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ExplorateurdedocumentsCar">
+    <w:name w:val="Explorateur de documents Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Explorateurdedocuments"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Formuledepolitesse">
+    <w:name w:val="Closing"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FormuledepolitesseCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:ind w:left="4320"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FormuledepolitesseCar">
+    <w:name w:val="Formule de politesse Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Formuledepolitesse"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cs="ArialNarrow"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grilleclaire">
+    <w:name w:val="Light Grid"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CFCFCE" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CFCFCE" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grilleclaire-Accent1">
+    <w:name w:val="Light Grid Accent 1"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3EFC7" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3EFC7" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grilleclaire-Accent2">
+    <w:name w:val="Light Grid Accent 2"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E0EFFE" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E0EFFE" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grilleclaire-Accent3">
+    <w:name w:val="Light Grid Accent 3"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9D4BB" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9D4BB" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grilleclaire-Accent4">
+    <w:name w:val="Light Grid Accent 4"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E2C8D4" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E2C8D4" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grilleclaire-Accent5">
+    <w:name w:val="Light Grid Accent 5"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFC0" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFC0" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grilleclaire-Accent6">
+    <w:name w:val="Light Grid Accent 6"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFB0B0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFB0B0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grillecouleur">
+    <w:name w:val="Colorful Grid"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D8D8D7" w:themeFill="text1" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B1B1B0" w:themeFill="text1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B1B1B0" w:themeFill="text1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="2C2C2C" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="2C2C2C" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="9E9E9C" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="9E9E9C" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grillecouleur-Accent1">
+    <w:name w:val="Colorful Grid Accent 1"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DBF2D2" w:themeFill="accent1" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B8E6A5" w:themeFill="accent1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B8E6A5" w:themeFill="accent1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="408224" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="408224" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7DF8F" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7DF8F" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grillecouleur-Accent2">
+    <w:name w:val="Colorful Grid Accent 2"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E6F2FE" w:themeFill="accent2" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDE5FD" w:themeFill="accent2" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDE5FD" w:themeFill="accent2" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="278FF8" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="278FF8" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C2DFFD" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C2DFFD" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grillecouleur-Accent3">
+    <w:name w:val="Colorful Grid Accent 3"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FADCC8" w:themeFill="accent3" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F5BA91" w:themeFill="accent3" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F5BA91" w:themeFill="accent3" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="93430C" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="93430C" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F3A977" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F3A977" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grillecouleur-Accent4">
+    <w:name w:val="Colorful Grid Accent 4"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E7D2DC" w:themeFill="accent4" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CFA6BA" w:themeFill="accent4" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CFA6BA" w:themeFill="accent4" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="532C3F" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="532C3F" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C490AA" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C490AA" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grillecouleur-Accent5">
+    <w:name w:val="Colorful Grid Accent 5"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC" w:themeFill="accent5" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFF99" w:themeFill="accent5" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFF99" w:themeFill="accent5" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFBF00" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFBF00" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFF80" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFF80" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grillecouleur-Accent6">
+    <w:name w:val="Colorful Grid Accent 6"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFBFBF" w:themeFill="accent6" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FF7F7F" w:themeFill="accent6" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FF7F7F" w:themeFill="accent6" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="8F0000" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="8F0000" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FF6060" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FF6060" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grilledetableau1">
+    <w:name w:val="Table Grid 1"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grilledetableau2">
+    <w:name w:val="Table Grid 2"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grilledetableau3">
+    <w:name w:val="Table Grid 3"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="pct30" w:color="FFFF00" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grilledetableau4">
+    <w:name w:val="Table Grid 4"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="pct30" w:color="FFFF00" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="pct30" w:color="FFFF00" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grilledetableau5">
+    <w:name w:val="Table Grid 5"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grilledetableau6">
+    <w:name w:val="Table Grid 6"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grilledetableau7">
+    <w:name w:val="Table Grid 7"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grilledetableau8">
+    <w:name w:val="Table Grid 8"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="6" w:space="0" w:color="000080"/>
+        <w:left w:val="single" w:sz="6" w:space="0" w:color="000080"/>
+        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000080"/>
+        <w:right w:val="single" w:sz="6" w:space="0" w:color="000080"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000080"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000080"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="000080" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grilledutableau">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grillemoyenne1">
+    <w:name w:val="Medium Grid 1"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="6D6D6B" w:themeColor="text1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="6D6D6B" w:themeColor="text1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="6D6D6B" w:themeColor="text1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="6D6D6B" w:themeColor="text1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="6D6D6B" w:themeColor="text1" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="6D6D6B" w:themeColor="text1" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="CFCFCE" w:themeFill="text1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="6D6D6B" w:themeColor="text1" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="9E9E9C" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="9E9E9C" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grillemoyenne1-Accent1">
+    <w:name w:val="Medium Grid 1 Accent 1"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="7BD057" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="7BD057" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7BD057" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="7BD057" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="7BD057" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="7BD057" w:themeColor="accent1" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D3EFC7" w:themeFill="accent1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="7BD057" w:themeColor="accent1" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7DF8F" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7DF8F" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grillemoyenne1-Accent2">
+    <w:name w:val="Medium Grid 1 Accent 2"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="A3CFFC" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="A3CFFC" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3CFFC" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="A3CFFC" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="A3CFFC" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="A3CFFC" w:themeColor="accent2" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E0EFFE" w:themeFill="accent2" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="A3CFFC" w:themeColor="accent2" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C2DFFD" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C2DFFD" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grillemoyenne1-Accent3">
+    <w:name w:val="Medium Grid 1 Accent 3"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="ED7E32" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="ED7E32" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="ED7E32" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="ED7E32" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="ED7E32" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="ED7E32" w:themeColor="accent3" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F9D4BB" w:themeFill="accent3" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="ED7E32" w:themeColor="accent3" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F3A977" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F3A977" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grillemoyenne1-Accent4">
+    <w:name w:val="Medium Grid 1 Accent 4"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="A6587F" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="A6587F" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6587F" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="A6587F" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="A6587F" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="A6587F" w:themeColor="accent4" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E2C8D4" w:themeFill="accent4" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="A6587F" w:themeColor="accent4" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C490AA" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C490AA" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grillemoyenne1-Accent5">
+    <w:name w:val="Medium Grid 1 Accent 5"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFF40" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFF40" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFF40" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFF40" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFF40" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFF40" w:themeColor="accent5" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFC0" w:themeFill="accent5" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFF40" w:themeColor="accent5" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFF80" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFF80" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grillemoyenne1-Accent6">
+    <w:name w:val="Medium Grid 1 Accent 6"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FF1010" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FF1010" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FF1010" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FF1010" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FF1010" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FF1010" w:themeColor="accent6" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFB0B0" w:themeFill="accent6" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FF1010" w:themeColor="accent6" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FF6060" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FF6060" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grillemoyenne2">
+    <w:name w:val="Medium Grid 2"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="CFCFCE" w:themeFill="text1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="ECECEB" w:themeFill="text1" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D7" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="9E9E9C" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9E9E9C" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grillemoyenne2-Accent1">
+    <w:name w:val="Medium Grid 2 Accent 1"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D3EFC7" w:themeFill="accent1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EDF8E8" w:themeFill="accent1" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBF2D2" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7DF8F" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7DF8F" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grillemoyenne2-Accent2">
+    <w:name w:val="Medium Grid 2 Accent 2"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E0EFFE" w:themeFill="accent2" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F8FE" w:themeFill="accent2" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6F2FE" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C2DFFD" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C2DFFD" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grillemoyenne2-Accent3">
+    <w:name w:val="Medium Grid 2 Accent 3"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F9D4BB" w:themeFill="accent3" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FCEDE4" w:themeFill="accent3" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FADCC8" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F3A977" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F3A977" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grillemoyenne2-Accent4">
+    <w:name w:val="Medium Grid 2 Accent 4"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E2C8D4" w:themeFill="accent4" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F3E9EE" w:themeFill="accent4" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E7D2DC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C490AA" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C490AA" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grillemoyenne2-Accent5">
+    <w:name w:val="Medium Grid 2 Accent 5"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFC0" w:themeFill="accent5" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFE6" w:themeFill="accent5" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFF80" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFF80" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grillemoyenne2-Accent6">
+    <w:name w:val="Medium Grid 2 Accent 6"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFB0B0" w:themeFill="accent6" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFDFDF" w:themeFill="accent6" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFBFBF" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FF6060" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FF6060" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grillemoyenne3">
+    <w:name w:val="Medium Grid 3"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="CFCFCE" w:themeFill="text1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="3C3C3B" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="3C3C3B" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="3C3C3B" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="3C3C3B" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9E9E9C" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9E9E9C" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grillemoyenne3-Accent1">
+    <w:name w:val="Medium Grid 3 Accent 1"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D3EFC7" w:themeFill="accent1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="57AF31" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="57AF31" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="57AF31" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="57AF31" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7DF8F" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7DF8F" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grillemoyenne3-Accent2">
+    <w:name w:val="Medium Grid 3 Accent 2"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E0EFFE" w:themeFill="accent2" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="85C0FB" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="85C0FB" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="85C0FB" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="85C0FB" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C2DFFD" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C2DFFD" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grillemoyenne3-Accent3">
+    <w:name w:val="Medium Grid 3 Accent 3"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F9D4BB" w:themeFill="accent3" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C55A11" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C55A11" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C55A11" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C55A11" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F3A977" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F3A977" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grillemoyenne3-Accent4">
+    <w:name w:val="Medium Grid 3 Accent 4"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E2C8D4" w:themeFill="accent4" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="6F3B55" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="6F3B55" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="6F3B55" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="6F3B55" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C490AA" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C490AA" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grillemoyenne3-Accent5">
+    <w:name w:val="Medium Grid 3 Accent 5"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFC0" w:themeFill="accent5" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFF00" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFF00" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFF00" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFF00" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFF80" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFF80" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grillemoyenne3-Accent6">
+    <w:name w:val="Medium Grid 3 Accent 6"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFB0B0" w:themeFill="accent6" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C00000" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C00000" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C00000" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C00000" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FF6060" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FF6060" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index1">
+    <w:name w:val="index 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:ind w:left="220" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index2">
+    <w:name w:val="index 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:ind w:left="440" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index3">
+    <w:name w:val="index 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:ind w:left="660" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index4">
+    <w:name w:val="index 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:ind w:left="880" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index5">
+    <w:name w:val="index 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:ind w:left="1100" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index6">
+    <w:name w:val="index 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:ind w:left="1320" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index7">
+    <w:name w:val="index 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:ind w:left="1540" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index8">
+    <w:name w:val="index 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:ind w:left="1760" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index9">
+    <w:name w:val="index 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:ind w:left="1980" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Infossocit">
+    <w:name w:val="Infos société"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:qFormat/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:after="40"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Lgende">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="35"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="57AF31" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="legremiseenvaleur">
+    <w:name w:val="legère mise en valeur"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:b/>
+      <w:sz w:val="18"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Lienhypertexte">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:color w:val="57AF31" w:themeColor="accent1"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Lienhypertextesuivivisit">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:color w:val="57AF31" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Liste">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0098311A"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:ind w:left="360" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Liste2">
+    <w:name w:val="List 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:ind w:left="720" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Liste3">
+    <w:name w:val="List 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:ind w:left="1080" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Liste4">
+    <w:name w:val="List 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:ind w:left="1440" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Liste5">
+    <w:name w:val="List 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:ind w:left="1800" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Listenumros">
+    <w:name w:val="List Number"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="12"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Listenumros2">
+    <w:name w:val="List Number 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="12"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Listenumros3">
+    <w:name w:val="List Number 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="18"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:ind w:left="792" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Listenumros4">
+    <w:name w:val="List Number 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="18"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="3"/>
+        <w:numId w:val="12"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Listenumros5">
+    <w:name w:val="List Number 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="18"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="4"/>
+        <w:numId w:val="12"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Listepuces">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="1"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:after="40"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
     <w:rPr>
-      <w:strike w:val="0"/>
-[...4 lines deleted...]
-      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:bCs/>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Listepuces2">
+    <w:name w:val="List Bullet 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="15"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Listepuces3">
+    <w:name w:val="List Bullet 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="17"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Listepuces4">
+    <w:name w:val="List Bullet 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="19"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Listepuces5">
+    <w:name w:val="List Bullet 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="21"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listeclaire">
+    <w:name w:val="Light List"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="3C3C3B" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listeclaire-Accent1">
+    <w:name w:val="Light List Accent 1"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="57AF31" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listeclaire-Accent2">
+    <w:name w:val="Light List Accent 2"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="85C0FB" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listeclaire-Accent3">
+    <w:name w:val="Light List Accent 3"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C55A11" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listeclaire-Accent4">
+    <w:name w:val="Light List Accent 4"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="6F3B55" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listeclaire-Accent5">
+    <w:name w:val="Light List Accent 5"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFF00" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listeclaire-Accent6">
+    <w:name w:val="Light List Accent 6"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C00000" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Listecontinue">
+    <w:name w:val="List Continue"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Listecontinue2">
+    <w:name w:val="List Continue 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Listecontinue3">
+    <w:name w:val="List Continue 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1080"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Listecontinue4">
+    <w:name w:val="List Continue 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1440"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Listecontinue5">
+    <w:name w:val="List Continue 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1800"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listecouleur">
+    <w:name w:val="Colorful List"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="ECECEB" w:themeFill="text1" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="3A99F8" w:themeFill="accent2" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3A99F8" w:themeColor="accent2" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CFCFCE" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D7" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listecouleur-Accent1">
+    <w:name w:val="Colorful List Accent 1"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EDF8E8" w:themeFill="accent1" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="3A99F8" w:themeFill="accent2" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3A99F8" w:themeColor="accent2" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3EFC7" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBF2D2" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listecouleur-Accent2">
+    <w:name w:val="Colorful List Accent 2"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F2F8FE" w:themeFill="accent2" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="3A99F8" w:themeFill="accent2" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3A99F8" w:themeColor="accent2" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E0EFFE" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6F2FE" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listecouleur-Accent3">
+    <w:name w:val="Colorful List Accent 3"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FCEDE4" w:themeFill="accent3" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="582F43" w:themeFill="accent4" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="582F43" w:themeColor="accent4" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9D4BB" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FADCC8" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listecouleur-Accent4">
+    <w:name w:val="Colorful List Accent 4"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F3E9EE" w:themeFill="accent4" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9D470D" w:themeFill="accent3" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="9D470D" w:themeColor="accent3" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E2C8D4" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E7D2DC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listecouleur-Accent5">
+    <w:name w:val="Colorful List Accent 5"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFE6" w:themeFill="accent5" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="990000" w:themeFill="accent6" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="990000" w:themeColor="accent6" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFC0" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listecouleur-Accent6">
+    <w:name w:val="Colorful List Accent 6"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFDFDF" w:themeFill="accent6" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCC00" w:themeFill="accent5" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="CCCC00" w:themeColor="accent5" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFB0B0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFBFBF" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listefonce">
+    <w:name w:val="Dark List"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="3C3C3B" w:themeFill="text1"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="3C3C3B" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="1D1D1D" w:themeFill="text1" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="2C2C2C" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="2C2C2C" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="2C2C2C" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="2C2C2C" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listefonce-Accent1">
+    <w:name w:val="Dark List Accent 1"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="57AF31" w:themeFill="accent1"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="3C3C3B" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="2B5618" w:themeFill="accent1" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="408224" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="408224" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="408224" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="408224" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listefonce-Accent2">
+    <w:name w:val="Dark List Accent 2"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="85C0FB" w:themeFill="accent2"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="3C3C3B" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="065FB8" w:themeFill="accent2" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="278FF8" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="278FF8" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="278FF8" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="278FF8" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listefonce-Accent3">
+    <w:name w:val="Dark List Accent 3"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="C55A11" w:themeFill="accent3"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="3C3C3B" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="612C08" w:themeFill="accent3" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="93430C" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="93430C" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="93430C" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="93430C" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listefonce-Accent4">
+    <w:name w:val="Dark List Accent 4"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="6F3B55" w:themeFill="accent4"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="3C3C3B" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="371D2A" w:themeFill="accent4" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="532C3F" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="532C3F" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="532C3F" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="532C3F" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listefonce-Accent5">
+    <w:name w:val="Dark List Accent 5"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFF00" w:themeFill="accent5"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="3C3C3B" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="7F7F00" w:themeFill="accent5" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFBF00" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFBF00" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFBF00" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFBF00" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listefonce-Accent6">
+    <w:name w:val="Dark List Accent 6"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="C00000" w:themeFill="accent6"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="3C3C3B" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F0000" w:themeFill="accent6" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8F0000" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8F0000" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8F0000" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8F0000" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listemoyenne1">
+    <w:name w:val="Medium List 1"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3C3C3B" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CFCFCE" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CFCFCE" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listemoyenne1-Accent1">
+    <w:name w:val="Medium List 1 Accent 1"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3C3C3B" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3EFC7" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3EFC7" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listemoyenne1-Accent2">
+    <w:name w:val="Medium List 1 Accent 2"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3C3C3B" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E0EFFE" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E0EFFE" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listemoyenne1-Accent3">
+    <w:name w:val="Medium List 1 Accent 3"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3C3C3B" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9D4BB" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9D4BB" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listemoyenne1-Accent4">
+    <w:name w:val="Medium List 1 Accent 4"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3C3C3B" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E2C8D4" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E2C8D4" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listemoyenne1-Accent5">
+    <w:name w:val="Medium List 1 Accent 5"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3C3C3B" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFC0" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFC0" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listemoyenne1-Accent6">
+    <w:name w:val="Medium List 1 Accent 6"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3C3C3B" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFB0B0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFB0B0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listemoyenne2">
+    <w:name w:val="Medium List 2"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CFCFCE" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CFCFCE" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listemoyenne2-Accent1">
+    <w:name w:val="Medium List 2 Accent 1"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3EFC7" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3EFC7" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listemoyenne2-Accent2">
+    <w:name w:val="Medium List 2 Accent 2"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E0EFFE" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E0EFFE" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listemoyenne2-Accent3">
+    <w:name w:val="Medium List 2 Accent 3"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9D4BB" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9D4BB" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listemoyenne2-Accent4">
+    <w:name w:val="Medium List 2 Accent 4"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E2C8D4" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E2C8D4" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listemoyenne2-Accent5">
+    <w:name w:val="Medium List 2 Accent 5"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFC0" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFC0" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listemoyenne2-Accent6">
+    <w:name w:val="Medium List 2 Accent 6"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFB0B0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFB0B0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="character" w:styleId="MachinecrireHTML">
+    <w:name w:val="HTML Typewriter"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Marquedecommentaire">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Miseenvaleur">
+    <w:name w:val="Mise en valeur"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:b/>
+      <w:color w:val="6D6D6B" w:themeColor="text1" w:themeTint="BF"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0098311A"/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Normalcentr">
+    <w:name w:val="Block Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="2" w:space="10" w:color="57AF31" w:themeColor="accent1" w:frame="1"/>
+        <w:left w:val="single" w:sz="2" w:space="10" w:color="57AF31" w:themeColor="accent1" w:frame="1"/>
+        <w:bottom w:val="single" w:sz="2" w:space="10" w:color="57AF31" w:themeColor="accent1" w:frame="1"/>
+        <w:right w:val="single" w:sz="2" w:space="10" w:color="57AF31" w:themeColor="accent1" w:frame="1"/>
+      </w:pBdr>
+      <w:ind w:left="1152" w:right="1152"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="57AF31" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Notedebasdepage">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="NotedebasdepageCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NotedebasdepageCar">
+    <w:name w:val="Note de bas de page Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Notedebasdepage"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cs="ArialNarrow"/>
+      <w:szCs w:val="22"/>
       <w:lang w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Corpsdetexte">
-    <w:name w:val="Body Text"/>
+  <w:style w:type="paragraph" w:styleId="Notedefin">
+    <w:name w:val="endnote text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="CorpsdetexteCar"/>
-    <w:rsid w:val="00FD515D"/>
+    <w:link w:val="NotedefinCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NotedefinCar">
+    <w:name w:val="Note de fin Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Notedefin"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cs="ArialNarrow"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Numrodeligne">
+    <w:name w:val="line number"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Numrodepage">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Objet">
+    <w:name w:val="Objet"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ObjetCar"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:rsid w:val="00534850"/>
     <w:pPr>
-      <w:tabs>
-[...10 lines deleted...]
-      <w:textAlignment w:val="baseline"/>
+      <w:numPr>
+        <w:numId w:val="22"/>
+      </w:numPr>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:b/>
+      <w:color w:val="57AF31" w:themeColor="accent1"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ObjetCar">
+    <w:name w:val="Objet Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Objet"/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cs="ArialNarrow"/>
+      <w:b/>
+      <w:color w:val="57AF31" w:themeColor="accent1"/>
       <w:lang w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CorpsdetexteCar">
-[...3 lines deleted...]
-    <w:rsid w:val="00FD515D"/>
+  <w:style w:type="paragraph" w:styleId="Objetducommentaire">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Commentaire"/>
+    <w:next w:val="Commentaire"/>
+    <w:link w:val="ObjetducommentaireCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ObjetducommentaireCar">
+    <w:name w:val="Objet du commentaire Car"/>
+    <w:basedOn w:val="CommentaireCar"/>
+    <w:link w:val="Objetducommentaire"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cs="ArialNarrow"/>
+      <w:b/>
+      <w:bCs/>
+      <w:szCs w:val="22"/>
       <w:lang w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
-[...4 lines deleted...]
-    <w:rsid w:val="00FD515D"/>
+  <w:style w:type="table" w:styleId="Ombrageclair">
+    <w:name w:val="Light Shading"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00534850"/>
     <w:pPr>
-      <w:ind w:left="720"/>
-[...10 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:color w:val="2C2C2C" w:themeColor="text1" w:themeShade="BF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
     </w:rPr>
-  </w:style>
-[...20 lines deleted...]
-    <w:rsid w:val="00203399"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CFCFCE" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CFCFCE" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pieddepage">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PieddepageCar"/>
+    <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00203399"/>
+    <w:rsid w:val="00534850"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:pBdr>
+        <w:left w:val="single" w:sz="4" w:space="20" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="2" w:space="20" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PieddepageCar">
     <w:name w:val="Pied de page Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Pieddepage"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00203399"/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cs="ArialNarrow"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="PrformatHTML">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PrformatHTMLCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PrformatHTMLCar">
+    <w:name w:val="Préformaté HTML Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="PrformatHTML"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="puces">
+    <w:name w:val="puces"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="23"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Rapportannuel">
+    <w:name w:val="Rapport annuel"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="24"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rfrenceintense">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="32"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="57AF31" w:themeColor="accent1"/>
+      <w:spacing w:val="5"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rfrencelgre">
+    <w:name w:val="Subtle Reference"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="31"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:smallCaps/>
+      <w:color w:val="57AF31" w:themeColor="accent1"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Retrait1religne">
+    <w:name w:val="Body Text First Indent"/>
+    <w:basedOn w:val="Corpsdetexte"/>
+    <w:link w:val="Retrait1religneCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:after="200"/>
+      <w:ind w:firstLine="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Retrait1religneCar">
+    <w:name w:val="Retrait 1re ligne Car"/>
+    <w:basedOn w:val="CorpsdetexteCar"/>
+    <w:link w:val="Retrait1religne"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cs="ArialNarrow"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Retraitcorpsdetexte">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="RetraitcorpsdetexteCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RetraitcorpsdetexteCar">
+    <w:name w:val="Retrait corps de texte Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Retraitcorpsdetexte"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cs="ArialNarrow"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Retraitcorpsdetexte2">
+    <w:name w:val="Body Text Indent 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Retraitcorpsdetexte2Car"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Retraitcorpsdetexte2Car">
+    <w:name w:val="Retrait corps de texte 2 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Retraitcorpsdetexte2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cs="ArialNarrow"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Retraitcorpsdetexte3">
+    <w:name w:val="Body Text Indent 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Retraitcorpsdetexte3Car"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Retraitcorpsdetexte3Car">
+    <w:name w:val="Retrait corps de texte 3 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Retraitcorpsdetexte3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cs="ArialNarrow"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Retraitcorpset1relig">
+    <w:name w:val="Body Text First Indent 2"/>
+    <w:basedOn w:val="Retraitcorpsdetexte"/>
+    <w:link w:val="Retraitcorpset1religCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:after="200"/>
+      <w:ind w:firstLine="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Retraitcorpset1religCar">
+    <w:name w:val="Retrait corps et 1re lig. Car"/>
+    <w:basedOn w:val="RetraitcorpsdetexteCar"/>
+    <w:link w:val="Retraitcorpset1relig"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cs="ArialNarrow"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Retraitnormal">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Salutations">
+    <w:name w:val="Salutation"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SalutationsCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SalutationsCar">
+    <w:name w:val="Salutations Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Salutations"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cs="ArialNarrow"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sansinterligne">
+    <w:name w:val="No Spacing"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="SansinterligneCar"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00842956"/>
+    <w:pPr>
+      <w:spacing w:before="40"/>
+    </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SansinterligneCar">
+    <w:name w:val="Sans interligne Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Sansinterligne"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00842956"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="ArialNarrow"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Signature">
+    <w:name w:val="Signature"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="SignatureCar"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="720" w:line="312" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="DIN-Regular" w:hAnsi="DIN-Regular"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SignatureCar">
+    <w:name w:val="Signature Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Signature"/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="DIN-Regular" w:eastAsiaTheme="minorEastAsia" w:hAnsi="DIN-Regular" w:cs="ArialNarrow"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Signaturecourrier">
+    <w:name w:val="Signature courrier"/>
+    <w:link w:val="SignaturecourrierCar"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="160" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="862" w:hanging="862"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="57AF31" w:themeColor="accent1"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SignaturecourrierCar">
+    <w:name w:val="Signature courrier Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Signaturecourrier"/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="57AF31" w:themeColor="accent1"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Signaturelectronique">
+    <w:name w:val="E-mail Signature"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="SignaturelectroniqueCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SignaturelectroniqueCar">
+    <w:name w:val="Signature électronique Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Signaturelectronique"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cs="ArialNarrow"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sommaire">
+    <w:name w:val="Sommaire"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="360"/>
+      <w:ind w:left="432" w:right="1080"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sous-titre">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Sous-titreCar"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="19"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00842956"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="-142" w:right="1080"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:caps/>
+      <w:color w:val="56AF31"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Sous-titreCar">
+    <w:name w:val="Sous-titre Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Sous-titre"/>
+    <w:uiPriority w:val="19"/>
+    <w:rsid w:val="00842956"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:caps/>
+      <w:color w:val="56AF31"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style-Contenusimplevert">
+    <w:name w:val="Style - Contenu simple vert"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Style-ContenusimplevertCar"/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="DIN-Regular" w:hAnsi="DIN-Regular" w:cs="ArialNarrow-Bold"/>
+      <w:bCs/>
+      <w:color w:val="57AF31"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Style-ContenusimplevertCar">
+    <w:name w:val="Style - Contenu simple vert Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Style-Contenusimplevert"/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="DIN-Regular" w:eastAsiaTheme="minorEastAsia" w:hAnsi="DIN-Regular" w:cs="ArialNarrow-Bold"/>
+      <w:bCs/>
+      <w:color w:val="57AF31"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tabledesillustrations">
+    <w:name w:val="table of figures"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tabledesrfrencesjuridiques">
+    <w:name w:val="table of authorities"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:ind w:left="220" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tableauclassique1">
+    <w:name w:val="Table Classic 1"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tableauclassique2">
+    <w:name w:val="Table Classic 2"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="800080" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="C0C0C0" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="800080" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:rPr>
+        <w:color w:val="000080"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tableauclassique3">
+    <w:name w:val="Table Classic 3"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000080"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="solid" w:color="C0C0C0" w:fill="FFFFFF"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="000080" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:color w:val="000080"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="FFFFFF" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tableauclassique4">
+    <w:name w:val="Table Classic 4"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="pct50" w:color="000080" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:color w:val="000080"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="pct50" w:color="000000" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:rPr>
+        <w:color w:val="000080"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tableaucolor1">
+    <w:name w:val="Table Colorful 1"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="12" w:space="0" w:color="008080"/>
+        <w:left w:val="single" w:sz="12" w:space="0" w:color="008080"/>
+        <w:bottom w:val="single" w:sz="12" w:space="0" w:color="008080"/>
+        <w:right w:val="single" w:sz="12" w:space="0" w:color="008080"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="00FFFF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="solid" w:color="008080" w:fill="FFFFFF"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="000000" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="000080" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="000000" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tableaucolor2">
+    <w:name w:val="Table Colorful 2"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="pct20" w:color="FFFF00" w:fill="FFFFFF"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="800000" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="C0C0C0" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tableaucolor3">
+    <w:name w:val="Table Colorful 3"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="18" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="18" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="pct25" w:color="008080" w:fill="FFFFFF"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="008080" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="36" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="008080" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="000000" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tableaucontemporain">
+    <w:name w:val="Table Contemporary"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="18" w:space="0" w:color="FFFFFF"/>
+        <w:insideV w:val="single" w:sz="18" w:space="0" w:color="FFFFFF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="pct20" w:color="000000" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="pct5" w:color="000000" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="pct20" w:color="000000" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tableaulgant">
+    <w:name w:val="Table Elegant"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
+        <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
+        <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
+        <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:caps/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="Tableaufinancier">
+    <w:name w:val="Tableau financier"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="144" w:right="144"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tcPr>
+      <w:vAlign w:val="center"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:wordWrap/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        <w:b w:val="0"/>
+        <w:caps/>
+        <w:smallCaps w:val="0"/>
+        <w:color w:val="57AF31" w:themeColor="accent1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:vAlign w:val="bottom"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:wordWrap/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableauGrille5Fonc-Accentuation11">
+    <w:name w:val="Tableau Grille 5 Foncé - Accentuation 11"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="50"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DBF2D2" w:themeFill="accent1" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="57AF31" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="57AF31" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="57AF31" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="57AF31" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B8E6A5" w:themeFill="accent1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B8E6A5" w:themeFill="accent1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableauGrille5Fonc-Accentuation51">
+    <w:name w:val="Tableau Grille 5 Foncé - Accentuation 51"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="50"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC" w:themeFill="accent5" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFF00" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFF00" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFF00" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFF00" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFF99" w:themeFill="accent5" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFF99" w:themeFill="accent5" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableauGrille5Fonc-Accentuation52">
+    <w:name w:val="Tableau Grille 5 Foncé - Accentuation 52"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="50"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC" w:themeFill="accent5" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFF00" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFF00" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFF00" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFF00" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFF99" w:themeFill="accent5" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFF99" w:themeFill="accent5" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableauGrille6Couleur1">
+    <w:name w:val="Tableau Grille 6 Couleur1"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="51"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="8A8A88" w:themeColor="text1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="8A8A88" w:themeColor="text1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8A8A88" w:themeColor="text1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="8A8A88" w:themeColor="text1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="8A8A88" w:themeColor="text1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="8A8A88" w:themeColor="text1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="8A8A88" w:themeColor="text1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="8A8A88" w:themeColor="text1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D7" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D7" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tableauliste1">
+    <w:name w:val="Table List 1"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="12" w:space="0" w:color="008080"/>
+        <w:left w:val="single" w:sz="6" w:space="0" w:color="008080"/>
+        <w:bottom w:val="single" w:sz="12" w:space="0" w:color="008080"/>
+        <w:right w:val="single" w:sz="6" w:space="0" w:color="008080"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="800000"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="C0C0C0" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="C0C0C0" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tableauliste2">
+    <w:name w:val="Table List 2"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="2"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:sz="12" w:space="0" w:color="808080"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="pct75" w:color="008080" w:fill="008000"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="pct20" w:color="00FF00" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tableauliste3">
+    <w:name w:val="Table List 3"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000080"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="000080"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tableauliste4">
+    <w:name w:val="Table List 4"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="808080" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tableauliste5">
+    <w:name w:val="Table List 5"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tableauliste6">
+    <w:name w:val="Table List 6"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="pct50" w:color="000000" w:fill="FFFFFF"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="pct25" w:color="000000" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tableauliste7">
+    <w:name w:val="Table List 7"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="12" w:space="0" w:color="008000"/>
+        <w:left w:val="single" w:sz="6" w:space="0" w:color="008000"/>
+        <w:bottom w:val="single" w:sz="12" w:space="0" w:color="008000"/>
+        <w:right w:val="single" w:sz="6" w:space="0" w:color="008000"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="008000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="C0C0C0" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="008000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="pct20" w:color="000000" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="pct25" w:color="FFFF00" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tableauliste8">
+    <w:name w:val="Table List 8"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="FFFF00" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="pct25" w:color="FFFF00" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="pct50" w:color="FF0000" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableauListe3-Accentuation11">
+    <w:name w:val="Tableau Liste 3 - Accentuation 11"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="48"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="57AF31" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableauListe41">
+    <w:name w:val="Tableau Liste 41"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="8A8A88" w:themeColor="text1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="8A8A88" w:themeColor="text1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8A8A88" w:themeColor="text1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="8A8A88" w:themeColor="text1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="8A8A88" w:themeColor="text1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+          <w:insideH w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="3C3C3B" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="8A8A88" w:themeColor="text1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D7" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D7" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tableauple1">
+    <w:name w:val="Table Subtle 1"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="pct25" w:color="800080" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="pct25" w:color="808000" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tableauple2">
+    <w:name w:val="Table Subtle 2"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="pct25" w:color="008000" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="pct25" w:color="808000" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tableauprofessionnel">
+    <w:name w:val="Table Professional"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="000000" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tableausimple1">
+    <w:name w:val="Table Simple 1"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="12" w:space="0" w:color="008000"/>
+        <w:bottom w:val="single" w:sz="12" w:space="0" w:color="008000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="008000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="008000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tableausimple2">
+    <w:name w:val="Table Simple 2"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr/>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tableausimple3">
+    <w:name w:val="Table Simple 3"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="000000" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="Tableausimple11">
+    <w:name w:val="Tableau simple 11"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="40"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="Tableausimple12">
+    <w:name w:val="Tableau simple 12"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="40"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="Tableausimple31">
+    <w:name w:val="Tableau simple 31"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="42"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:caps/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9D9D9C" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:caps/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:caps/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="9D9D9C" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:caps/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="Tableausimple32">
+    <w:name w:val="Tableau simple 32"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="42"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:caps/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9D9D9C" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:caps/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:caps/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="9D9D9C" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:caps/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="tableautype">
+    <w:name w:val="tableau type"/>
+    <w:basedOn w:val="Tableaucontemporain"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Rockwell" w:hAnsi="Rockwell"/>
+      <w:b/>
+      <w:color w:val="6D6D6B" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+    <w:tblPr/>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Rockwell" w:hAnsi="Rockwell"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+          <w:tl2br w:val="nil"/>
+          <w:tr2bl w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E55D1D"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="pct5" w:color="000000" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="pct20" w:color="000000" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tableauweb1">
+    <w:name w:val="Table Web 1"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblCellSpacing w:w="20" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        <w:insideH w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        <w:insideV w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:trPr>
+      <w:tblCellSpacing w:w="20" w:type="dxa"/>
+    </w:trPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tableauweb2">
+    <w:name w:val="Table Web 2"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblCellSpacing w:w="20" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="inset" w:sz="6" w:space="0" w:color="auto"/>
+        <w:left w:val="inset" w:sz="6" w:space="0" w:color="auto"/>
+        <w:bottom w:val="inset" w:sz="6" w:space="0" w:color="auto"/>
+        <w:right w:val="inset" w:sz="6" w:space="0" w:color="auto"/>
+        <w:insideH w:val="inset" w:sz="6" w:space="0" w:color="auto"/>
+        <w:insideV w:val="inset" w:sz="6" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:trPr>
+      <w:tblCellSpacing w:w="20" w:type="dxa"/>
+    </w:trPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tableauweb3">
+    <w:name w:val="Table Web 3"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblCellSpacing w:w="20" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="outset" w:sz="24" w:space="0" w:color="auto"/>
+        <w:left w:val="outset" w:sz="24" w:space="0" w:color="auto"/>
+        <w:bottom w:val="outset" w:sz="24" w:space="0" w:color="auto"/>
+        <w:right w:val="outset" w:sz="24" w:space="0" w:color="auto"/>
+        <w:insideH w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        <w:insideV w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:trPr>
+      <w:tblCellSpacing w:w="20" w:type="dxa"/>
+    </w:trPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textebrut">
+    <w:name w:val="Plain Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextebrutCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextebrutCar">
+    <w:name w:val="Texte brut Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Textebrut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textedebulles">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextedebullesCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00047A03"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00534850"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
-      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextedebullesCar">
     <w:name w:val="Texte de bulles Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Textedebulles"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00047A03"/>
+    <w:rsid w:val="00534850"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
-      <w:szCs w:val="16"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Textedelespacerserv">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textedemacro">
+    <w:name w:val="macro"/>
+    <w:link w:val="TextedemacroCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3840"/>
+        <w:tab w:val="left" w:pos="4320"/>
+      </w:tabs>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextedemacroCar">
+    <w:name w:val="Texte de macro Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Textedemacro"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Textedetableau">
+    <w:name w:val="Texte de tableau"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="60" w:after="60"/>
+      <w:ind w:left="144" w:right="144"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Thmedutableau">
+    <w:name w:val="Table Theme"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="TITREDEDOCUMENT"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitreCar"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="19"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00623BF2"/>
+    <w:rPr>
+      <w:sz w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitreCar">
+    <w:name w:val="Titre Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre"/>
+    <w:uiPriority w:val="19"/>
+    <w:rsid w:val="00623BF2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:caps/>
+      <w:color w:val="57AF31" w:themeColor="accent1"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre2Car">
+    <w:name w:val="Titre 2 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre2"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00E32F3E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:caps/>
+      <w:color w:val="57AF31"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="de-DE" w:eastAsia="fr-FR"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre3Car">
+    <w:name w:val="Titre 3 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre3"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00E32F3E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:bCs/>
+      <w:color w:val="57AF31"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Titrededocument0">
+    <w:name w:val="Titre de document"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Sous-titre"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Rockwell" w:hAnsi="Rockwell"/>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:sz w:val="144"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TitredeFiche">
+    <w:name w:val="Titre de Fiche"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TitredeFicheCar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E32F3E"/>
+    <w:rPr>
+      <w:b/>
+      <w:color w:val="57AF31" w:themeColor="accent1"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitredeFicheCar">
+    <w:name w:val="Titre de Fiche Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="TitredeFiche"/>
+    <w:rsid w:val="00E32F3E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cs="ArialNarrow"/>
+      <w:b/>
+      <w:color w:val="57AF31" w:themeColor="accent1"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titredenote">
+    <w:name w:val="Note Heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitredenoteCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitredenoteCar">
+    <w:name w:val="Titre de note Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titredenote"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cs="ArialNarrow"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Titredulivre">
+    <w:name w:val="Book Title"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="33"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titreindex">
+    <w:name w:val="index heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Index1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TitreTableauinvers">
+    <w:name w:val="Titre Tableau inversé"/>
+    <w:basedOn w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:after="40"/>
+      <w:ind w:left="144" w:right="144"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TitreTR">
+    <w:name w:val="toa heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TM1">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="underscore" w:pos="9090"/>
+      </w:tabs>
+      <w:spacing w:after="100"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="9D9D9C" w:themeColor="text1" w:themeTint="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TM2">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TM3">
+    <w:name w:val="toc 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="440"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TM4">
+    <w:name w:val="toc 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="660"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TM5">
+    <w:name w:val="toc 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="880"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TM6">
+    <w:name w:val="toc 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1100"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TM7">
+    <w:name w:val="toc 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1320"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TM8">
+    <w:name w:val="toc 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1540"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TM9">
+    <w:name w:val="toc 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1760"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Trameclaire-Accent1">
+    <w:name w:val="Light Shading Accent 1"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="408224" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3EFC7" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3EFC7" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Trameclaire-Accent2">
+    <w:name w:val="Light Shading Accent 2"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="278FF8" w:themeColor="accent2" w:themeShade="BF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E0EFFE" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E0EFFE" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Trameclaire-Accent3">
+    <w:name w:val="Light Shading Accent 3"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="93430C" w:themeColor="accent3" w:themeShade="BF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9D4BB" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9D4BB" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Trameclaire-Accent4">
+    <w:name w:val="Light Shading Accent 4"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="532C3F" w:themeColor="accent4" w:themeShade="BF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E2C8D4" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E2C8D4" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Trameclaire-Accent5">
+    <w:name w:val="Light Shading Accent 5"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="BFBF00" w:themeColor="accent5" w:themeShade="BF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFC0" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFC0" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Trameclaire-Accent6">
+    <w:name w:val="Light Shading Accent 6"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="8F0000" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFB0B0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFB0B0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tramecouleur">
+    <w:name w:val="Colorful Shading"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="3C3C3B" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="ECECEB" w:themeFill="text1" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="232323" w:themeFill="text1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="232323" w:themeColor="text1" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="232323" w:themeFill="text1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="2C2C2C" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B1B1B0" w:themeFill="text1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="9E9E9C" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tramecouleur-Accent1">
+    <w:name w:val="Colorful Shading Accent 1"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="57AF31" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EDF8E8" w:themeFill="accent1" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="33681D" w:themeFill="accent1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="33681D" w:themeColor="accent1" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="33681D" w:themeFill="accent1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="33681D" w:themeFill="accent1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B8E6A5" w:themeFill="accent1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7DF8F" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tramecouleur-Accent2">
+    <w:name w:val="Colorful Shading Accent 2"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F2F8FE" w:themeFill="accent2" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="85C0FB" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="0772DE" w:themeFill="accent2" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="0772DE" w:themeColor="accent2" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="0772DE" w:themeFill="accent2" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="0772DE" w:themeFill="accent2" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDE5FD" w:themeFill="accent2" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C2DFFD" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tramecouleur-Accent3">
+    <w:name w:val="Colorful Shading Accent 3"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FCEDE4" w:themeFill="accent3" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="76350A" w:themeFill="accent3" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="76350A" w:themeColor="accent3" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="76350A" w:themeFill="accent3" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="76350A" w:themeFill="accent3" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F5BA91" w:themeFill="accent3" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F3A977" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tramecouleur-Accent5">
+    <w:name w:val="Colorful Shading Accent 5"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFE6" w:themeFill="accent5" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="999900" w:themeFill="accent5" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="999900" w:themeColor="accent5" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="999900" w:themeFill="accent5" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="999900" w:themeFill="accent5" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFF99" w:themeFill="accent5" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFF80" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tramecouleur-Accent6">
+    <w:name w:val="Colorful Shading Accent 6"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="C00000" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFDFDF" w:themeFill="accent6" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFF00" w:themeColor="accent5"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="730000" w:themeFill="accent6" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="730000" w:themeColor="accent6" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="730000" w:themeFill="accent6" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="730000" w:themeFill="accent6" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FF7F7F" w:themeFill="accent6" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FF6060" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tramecouleur-Accent4">
+    <w:name w:val="Colorful Shading Accent 4"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="6F3B55" w:themeColor="accent4"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F3E9EE" w:themeFill="accent4" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="C55A11" w:themeColor="accent3"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="422332" w:themeFill="accent4" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="422332" w:themeColor="accent4" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="422332" w:themeFill="accent4" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="422332" w:themeFill="accent4" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CFA6BA" w:themeFill="accent4" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C490AA" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="3C3C3B" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tramemoyenne1">
+    <w:name w:val="Medium Shading 1"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="6D6D6B" w:themeColor="text1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="6D6D6B" w:themeColor="text1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="6D6D6B" w:themeColor="text1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="6D6D6B" w:themeColor="text1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="6D6D6B" w:themeColor="text1" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="6D6D6B" w:themeColor="text1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="6D6D6B" w:themeColor="text1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="6D6D6B" w:themeColor="text1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="6D6D6B" w:themeColor="text1" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="3C3C3B" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="6D6D6B" w:themeColor="text1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="6D6D6B" w:themeColor="text1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="6D6D6B" w:themeColor="text1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="6D6D6B" w:themeColor="text1" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CFCFCE" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CFCFCE" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tramemoyenne1-Accent1">
+    <w:name w:val="Medium Shading 1 Accent 1"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="7BD057" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="7BD057" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7BD057" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="7BD057" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="7BD057" w:themeColor="accent1" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="7BD057" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="7BD057" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7BD057" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="7BD057" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="57AF31" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="7BD057" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="7BD057" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7BD057" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="7BD057" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3EFC7" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3EFC7" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tramemoyenne1-Accent2">
+    <w:name w:val="Medium Shading 1 Accent 2"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="A3CFFC" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="A3CFFC" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3CFFC" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="A3CFFC" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="A3CFFC" w:themeColor="accent2" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="A3CFFC" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="A3CFFC" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3CFFC" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="A3CFFC" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="85C0FB" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="A3CFFC" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="A3CFFC" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3CFFC" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="A3CFFC" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E0EFFE" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E0EFFE" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tramemoyenne1-Accent3">
+    <w:name w:val="Medium Shading 1 Accent 3"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="ED7E32" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="ED7E32" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="ED7E32" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="ED7E32" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="ED7E32" w:themeColor="accent3" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="ED7E32" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="ED7E32" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="ED7E32" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="ED7E32" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C55A11" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="ED7E32" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="ED7E32" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="ED7E32" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="ED7E32" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9D4BB" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9D4BB" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tramemoyenne1-Accent4">
+    <w:name w:val="Medium Shading 1 Accent 4"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="A6587F" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="A6587F" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6587F" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="A6587F" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="A6587F" w:themeColor="accent4" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="A6587F" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="A6587F" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6587F" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="A6587F" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="6F3B55" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="A6587F" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="A6587F" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A6587F" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="A6587F" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E2C8D4" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E2C8D4" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tramemoyenne1-Accent5">
+    <w:name w:val="Medium Shading 1 Accent 5"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFF40" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFF40" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFF40" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFF40" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFF40" w:themeColor="accent5" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFF40" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFF40" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFF40" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFF40" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFF00" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="FFFF40" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFF40" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFF40" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFF40" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFC0" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFC0" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tramemoyenne1-Accent6">
+    <w:name w:val="Medium Shading 1 Accent 6"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FF1010" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FF1010" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FF1010" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FF1010" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FF1010" w:themeColor="accent6" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FF1010" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FF1010" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FF1010" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FF1010" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C00000" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="FF1010" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FF1010" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FF1010" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FF1010" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFB0B0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFB0B0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tramemoyenne2">
+    <w:name w:val="Medium Shading 2"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="3C3C3B" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="3C3C3B" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="3C3C3B" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tramemoyenne2-Accent1">
+    <w:name w:val="Medium Shading 2 Accent 1"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="57AF31" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="57AF31" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="57AF31" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tramemoyenne2-Accent2">
+    <w:name w:val="Medium Shading 2 Accent 2"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="85C0FB" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="85C0FB" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="85C0FB" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tramemoyenne2-Accent3">
+    <w:name w:val="Medium Shading 2 Accent 3"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C55A11" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C55A11" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C55A11" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tramemoyenne2-Accent4">
+    <w:name w:val="Medium Shading 2 Accent 4"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="6F3B55" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="6F3B55" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="6F3B55" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tramemoyenne2-Accent5">
+    <w:name w:val="Medium Shading 2 Accent 5"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFF00" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFF00" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFF00" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tramemoyenne2-Accent6">
+    <w:name w:val="Medium Shading 2 Accent 6"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00534850"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="80807E" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C00000" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C00000" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C00000" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="character" w:styleId="VariableHTML">
+    <w:name w:val="HTML Variable"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00534850"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TITREDEDOCUMENT">
+    <w:name w:val="TITRE DE DOCUMENT"/>
+    <w:basedOn w:val="TITREVERT"/>
+    <w:link w:val="TITREDEDOCUMENTCar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E32F3E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TITREDEDOCUMENTVERT">
+    <w:name w:val="TITRE DE DOCUMENT VERT"/>
+    <w:basedOn w:val="Titre1"/>
+    <w:link w:val="TITREDEDOCUMENTVERTCar"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:rsid w:val="00E32F3E"/>
+    <w:pPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TITREDEDOCUMENTCar">
+    <w:name w:val="TITRE DE DOCUMENT Car"/>
+    <w:basedOn w:val="Sous-titreCar"/>
+    <w:link w:val="TITREDEDOCUMENT"/>
+    <w:rsid w:val="00E32F3E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:caps/>
+      <w:color w:val="57AF31" w:themeColor="accent1"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TITREVERT">
+    <w:name w:val="TITRE VERT"/>
+    <w:basedOn w:val="TITREDEDOCUMENTVERT"/>
+    <w:link w:val="TITREVERTCar"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00E32F3E"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="3" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="3" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="57AF31" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TITREDEDOCUMENTVERTCar">
+    <w:name w:val="TITRE DE DOCUMENT VERT Car"/>
+    <w:basedOn w:val="Titre1Car"/>
+    <w:link w:val="TITREDEDOCUMENTVERT"/>
+    <w:rsid w:val="00E32F3E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:caps/>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="57AF31"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TITREVERTCar">
+    <w:name w:val="TITRE VERT Car"/>
+    <w:basedOn w:val="TITREDEDOCUMENTVERTCar"/>
+    <w:link w:val="TITREVERT"/>
+    <w:rsid w:val="00E32F3E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:caps/>
+      <w:color w:val="57AF31" w:themeColor="accent1"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="57AF31"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grilledetableauclaire">
+    <w:name w:val="Grid Table Light"/>
+    <w:aliases w:val="Grille de tableau CDG"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="40"/>
+    <w:rsid w:val="007A44DD"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="intituldeladelib">
     <w:name w:val="intitulé de la delib"/>
     <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="00DE0B38"/>
+    <w:rsid w:val="008C5F8F"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="840" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Signature">
-[...33 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="notifi">
     <w:name w:val="notifié à"/>
     <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="00DE0B38"/>
+    <w:rsid w:val="008C5F8F"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="567"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="VuConsidrant">
     <w:name w:val="Vu.Considérant"/>
     <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="00296434"/>
+    <w:rsid w:val="008C5F8F"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="140" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TiretVuConsidrant">
-[...355 lines deleted...]
-    <w:name w:val="annotation reference"/>
+  <w:style w:type="character" w:styleId="Mentionnonrsolue">
+    <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00444DDC"/>
+    <w:rsid w:val="008C5F8F"/>
     <w:rPr>
-      <w:sz w:val="16"/>
-      <w:szCs w:val="16"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
-  </w:style>
-[...62 lines deleted...]
-    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="143014668">
+    <w:div w:id="151338528">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="584075292">
+    <w:div w:id="682510947">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="828205848">
+    <w:div w:id="1501504829">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1172645357">
+    <w:div w:id="1766654393">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-      <w:divsChild>
-[...96 lines deleted...]
-      </w:divsChild>
     </w:div>
-    <w:div w:id="1454324984">
+    <w:div w:id="1874879956">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-      <w:divsChild>
-[...96 lines deleted...]
-      </w:divsChild>
+    </w:div>
+    <w:div w:id="1968271880">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://circulaire.legifrance.gouv.fr/index.php?action=afficherCirculaire&amp;hit=1&amp;r=39003" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.telerecours.fr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://circulaire.legifrance.gouv.fr/index.php?action=afficherCirculaire&amp;hit=1&amp;r=39003" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="CDG72">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="CDG">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="3C3C3B"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="3C3C3B"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="57AF31"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="85C0FB"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="C55A11"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="6F3B55"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="FFFF00"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="C00000"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="000000"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="57AF31"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="CDG 72">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Verdana"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
-[...28 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Verdana"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
-[...28 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Bureau">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-[...5 lines deleted...]
-                <a:shade val="93000"/>
+                <a:tint val="100000"/>
+                <a:shade val="100000"/>
                 <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr">
               <a:shade val="95000"/>
               <a:satMod val="105000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
@@ -14843,93 +29733,118 @@
             <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
           </a:path>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:spDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="3">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </a:style>
+    </a:spDef>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>13100</Characters>
+  <Pages>8</Pages>
+  <Words>2567</Words>
+  <Characters>14120</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>109</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>117</Lines>
+  <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Hewlett-Packard Company</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15451</CharactersWithSpaces>
+  <CharactersWithSpaces>16654</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
-  <dc:creator>Zineb LEBIK</dc:creator>
+  <dc:subject/>
+  <dc:creator>Marine CHAMBRIER</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>